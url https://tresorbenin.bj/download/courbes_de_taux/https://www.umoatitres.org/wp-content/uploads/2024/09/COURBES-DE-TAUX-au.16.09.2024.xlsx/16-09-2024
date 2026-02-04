--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66da7540f93d1a4a71503f8b00556a19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4da3dbc8611ce652fa8093928ab635.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a83838f1f70bdbb110406f2251f660c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66da7540f93d1a4a71503f8b00556a19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a738da1b3ded938ca0a3e139b8b6d3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcb9eb3d693fd6f20f3763cce88c94bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66da7540f93d1a4a71503f8b00556a19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1b83d57f06ed83c5151c5212bfb4a62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8a34e9f48e7de50199cd2d51f48818.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66da7540f93d1a4a71503f8b00556a19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cff2c65dbb20f0a3b18225bd4eebcb0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6dffc9d476d0b1355f9a8fc2375d22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66da7540f93d1a4a71503f8b00556a19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95850dcb81fea18e617da5a8c1b83a11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234057fb7fa689256e807cbdc8b2a53c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66da7540f93d1a4a71503f8b00556a19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa11e7662a3140e6b80feb3bb0b235.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2450dcb5fcd71184e1f89e6861b443c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66da7540f93d1a4a71503f8b00556a19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe9eed29473d6fad89045e698142878.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bde266133a74c4824f2ffa2af7ad17f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66da7540f93d1a4a71503f8b00556a19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b8356fb6acd4e6f6bc2dc0878ea0ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a15055b56610f71d1c18d96ea7c4f06d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>