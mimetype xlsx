--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a83838f1f70bdbb110406f2251f660c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a530925ef7e2601220f503f2246a20d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/573c1e5aa6d767185f016a814dba1885.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcb9eb3d693fd6f20f3763cce88c94bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a530925ef7e2601220f503f2246a20d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de021dbabe82760e128e38f8c52f9931.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8a34e9f48e7de50199cd2d51f48818.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a530925ef7e2601220f503f2246a20d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11ce5069abf29f7afe08018932d4697f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6dffc9d476d0b1355f9a8fc2375d22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a530925ef7e2601220f503f2246a20d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fedd05c3b171084c283455d6d022313.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234057fb7fa689256e807cbdc8b2a53c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a530925ef7e2601220f503f2246a20d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31e34211a39c1075f5bd981802a934c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2450dcb5fcd71184e1f89e6861b443c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a530925ef7e2601220f503f2246a20d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6048de3a77c72cdcaca82c72d0136970.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bde266133a74c4824f2ffa2af7ad17f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a530925ef7e2601220f503f2246a20d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e58aab214012c35ef6166512eab234a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a5ff7ecc9dab234f9cd344f87b4bbc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a15055b56610f71d1c18d96ea7c4f06d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a530925ef7e2601220f503f2246a20d6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15bee8ca509af0fa5295688fa972a0f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>