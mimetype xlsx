--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe011f97c21051ba1aedbae263df85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0180246170078a6adeebdc0abc750cb2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e231ac4dac3913d936bbcae537bf59.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe011f97c21051ba1aedbae263df85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7ce43917e9a4c03baaf6281810d1e52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6fbaf9e45772c448202cb5ee77c5e06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe011f97c21051ba1aedbae263df85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4a32d6e3ddd947253d246ea54e8e551.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae6080ba6142c98bc0d19215581cfd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe011f97c21051ba1aedbae263df85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2c9e51f586fb5380087d3fb9de3b80.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35d7fad0f05cadd97a6e07624ddfe81.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe011f97c21051ba1aedbae263df85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e7d40249560775c181b5b347c12faf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dc5659035e3c123c8d2b300d39f606.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe011f97c21051ba1aedbae263df85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d93fe6a5e2c431d54d3e62b44c3b22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe6212f744b25a89a5824f4e14f29e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe011f97c21051ba1aedbae263df85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f154c9c501c0be0eb4a3d910c3174310.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcaef74853a3bbc55eb60866b44824b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe011f97c21051ba1aedbae263df85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b29d62d7a8515359fa181998ab5b57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bef800ebc6b06b4b849f5b2bfcca29c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>