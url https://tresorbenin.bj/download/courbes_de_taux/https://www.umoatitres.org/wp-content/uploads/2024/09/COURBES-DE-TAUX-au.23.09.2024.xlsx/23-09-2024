--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e231ac4dac3913d936bbcae537bf59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d06da08f8755d92f96e5c08ec905eb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c7f4472bcbf7b68a35747f217bb8fe7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6fbaf9e45772c448202cb5ee77c5e06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d06da08f8755d92f96e5c08ec905eb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b87a4597cbf3581dd229700fedf4e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae6080ba6142c98bc0d19215581cfd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d06da08f8755d92f96e5c08ec905eb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29106ff4bf31f89664de8ebabc19bea9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35d7fad0f05cadd97a6e07624ddfe81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d06da08f8755d92f96e5c08ec905eb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe9504b52d6450e83268ddddabb54e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dc5659035e3c123c8d2b300d39f606.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d06da08f8755d92f96e5c08ec905eb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4f1b2191f700a01d4a4c59f31cd7cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe6212f744b25a89a5824f4e14f29e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d06da08f8755d92f96e5c08ec905eb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933f239301b371399bc586db0c0cc36a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcaef74853a3bbc55eb60866b44824b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d06da08f8755d92f96e5c08ec905eb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/105b28a554cf35142377082e97e7b168.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945c19114c1a6abaca87a72835d9c84f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bef800ebc6b06b4b849f5b2bfcca29c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d06da08f8755d92f96e5c08ec905eb7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487471cef2d932b4f5f45f70b2601c06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>