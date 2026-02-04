--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b1a91364e41b6fb21df3c1c7b77ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128c82d73dd0a390fc331fa87eea97d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bdcef243ac16f100796e7a497d68f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b1a91364e41b6fb21df3c1c7b77ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b1a91364e41b6fb21df3c1c7b77ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c967e026ec0c59fc4031d46506c8e326.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5942963cd4453bdc3433fd9fd77952.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b1a91364e41b6fb21df3c1c7b77ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77eede6f5a3af93db9748a05b8a2ba81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19968f9d9930cdec9899001d5db50ea6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b1a91364e41b6fb21df3c1c7b77ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c63b6174972692a813a33858dd8a0e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4568adfb0c6bcd4d5f8322d6851266c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b1a91364e41b6fb21df3c1c7b77ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20543f05aff1373389b9226505e8dbe0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee4294ac89ed151efb04944851e54541.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b1a91364e41b6fb21df3c1c7b77ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a05f02b4b7e6a96b319f5044c5dc05dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b411a078eb2ed40d4fe2d8b62a59f61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067b1a91364e41b6fb21df3c1c7b77ba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f32e7ec91e27ae967e975f02ae78f3ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c465b799a00b0b1f80ac0eb18a8d7bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>