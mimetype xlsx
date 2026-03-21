--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bdcef243ac16f100796e7a497d68f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e72613bf7f60dac360bd676cd0441a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5942963cd4453bdc3433fd9fd77952.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e4aa3812cb4cdaf16cdce14fb87c2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19968f9d9930cdec9899001d5db50ea6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5cd23d69ea5fdb0f2784393ae96a67a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4568adfb0c6bcd4d5f8322d6851266c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878fed52bc23ad79f8d16d0e0d7592eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee4294ac89ed151efb04944851e54541.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6209d319523d3b45cb5110e37858f86a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b411a078eb2ed40d4fe2d8b62a59f61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e09831acda66e37bfd7883b478677a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2d205f4a28b1cd5bed1234c64e078e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c465b799a00b0b1f80ac0eb18a8d7bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721c49b3cb23a1b1da25514e0b9a960e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>