--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e72613bf7f60dac360bd676cd0441a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967207c7b5571347712483e55ad3611.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b51a102e6513906a89bd250c71f8cf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967207c7b5571347712483e55ad3611.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e4aa3812cb4cdaf16cdce14fb87c2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967207c7b5571347712483e55ad3611.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46097867c02a20ce395059d34a20a365.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5cd23d69ea5fdb0f2784393ae96a67a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967207c7b5571347712483e55ad3611.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00bcd36ecf7a7ff79b12047744b280b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878fed52bc23ad79f8d16d0e0d7592eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967207c7b5571347712483e55ad3611.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1339de508cd773af3cd48214ed4ca85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6209d319523d3b45cb5110e37858f86a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967207c7b5571347712483e55ad3611.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b83cce3feeab4679d066e666254e9e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e09831acda66e37bfd7883b478677a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967207c7b5571347712483e55ad3611.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/987f107f27130a684bf8578e8d8b7a98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ee5aac1569b1d93f063e97c6fda88d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721c49b3cb23a1b1da25514e0b9a960e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967207c7b5571347712483e55ad3611.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ebf99549d0405963df8b88eadf51288.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>