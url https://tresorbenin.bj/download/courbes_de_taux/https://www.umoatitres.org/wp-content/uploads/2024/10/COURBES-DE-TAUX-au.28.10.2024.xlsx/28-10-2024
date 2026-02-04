--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea0d3f090da0546ffba421f1058f8d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f8000262a0a218799327e838262df7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a5b78e597d863f52a6a1162edcaaf6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea0d3f090da0546ffba421f1058f8d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab38fd18a739f066aae4b43d92fbba82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beca90ca3753110b00f3b5380a320532.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea0d3f090da0546ffba421f1058f8d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9397e4e5cf417d77f50c6913e6e39034.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aff1bf7eb8b567fc55d2739f8032656.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea0d3f090da0546ffba421f1058f8d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a16cd15647a0a8c8c44beaa5b0291481.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2efa7674bce4bda83007033df5101919.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea0d3f090da0546ffba421f1058f8d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5298944d91a23b5fb4673ae5ccee9c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615d6c780dab7b373d26862fe289c6fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea0d3f090da0546ffba421f1058f8d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e115989e8b0a6dddd04e32f2f9465132.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ae08ea169aa80defe65d5e308afaa6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea0d3f090da0546ffba421f1058f8d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0796c746374f6c3f07012735059f81e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79cc2b22618826cea07103c1f6bb59c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea0d3f090da0546ffba421f1058f8d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def3d4879a649e78a63087f6115712ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f88dd458b18670a4b4378ef1f1b55c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>