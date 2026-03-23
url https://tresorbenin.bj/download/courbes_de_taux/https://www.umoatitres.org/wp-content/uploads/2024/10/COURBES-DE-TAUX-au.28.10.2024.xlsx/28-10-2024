--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a5b78e597d863f52a6a1162edcaaf6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23b6d28c46b953cf705329365b4443.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cae54a010376c5d886a1f9a43c856b65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beca90ca3753110b00f3b5380a320532.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23b6d28c46b953cf705329365b4443.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb4289f862c2e2475c2b2eccab1249d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aff1bf7eb8b567fc55d2739f8032656.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23b6d28c46b953cf705329365b4443.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d07075f4e793839721b834f3a765da5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2efa7674bce4bda83007033df5101919.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23b6d28c46b953cf705329365b4443.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe6ac90e28abcfdb0aba9328c5f4b773.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615d6c780dab7b373d26862fe289c6fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23b6d28c46b953cf705329365b4443.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc0c960e45f6949211834676774eeaa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ae08ea169aa80defe65d5e308afaa6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23b6d28c46b953cf705329365b4443.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036c66346d72032db5d1944c0de826c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79cc2b22618826cea07103c1f6bb59c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23b6d28c46b953cf705329365b4443.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7af712d77457488d7d34255ea80a7d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61dbbf81bb0634b36e68c8b82a9ce27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f88dd458b18670a4b4378ef1f1b55c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23b6d28c46b953cf705329365b4443.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593e4de8ceec9e9032400ebaa72bfa1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>