--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015b16d12cdef27d3973a4bd406ff0dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c4465f5a7223799085288a58fc6faa0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3351f4d9f5f14440294d1f8aaeb41c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015b16d12cdef27d3973a4bd406ff0dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acdff449bc19296b1798dcbcb88345eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b41cf9e0ab3b0de91e5bd2f7270c060.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015b16d12cdef27d3973a4bd406ff0dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7459bf529e2f008e48af9aa32ec217.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9006b14b91ec15ccaadf1ac594bb7e17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015b16d12cdef27d3973a4bd406ff0dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f63fd10bae259e7d5cb9e01a31753a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2295cd65d10196aeabc30910fdd65337.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015b16d12cdef27d3973a4bd406ff0dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65011d2e253b0075105cc63740bd6b77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31b1e474ad69437377debd13de78bee4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015b16d12cdef27d3973a4bd406ff0dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b1b0a4bf10cd6be48a84db5b4351bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3792ad2a4cee494ef7ea46b85a098eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015b16d12cdef27d3973a4bd406ff0dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ccb985b6456af4cae2c4b6f78b5f29d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98d577ca3697a6b13ee49b6ff4deb05a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015b16d12cdef27d3973a4bd406ff0dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/011c2d1612d5df7481d18e02804d4569.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7296a13334a7009192b728213212f39f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>