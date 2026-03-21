--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3351f4d9f5f14440294d1f8aaeb41c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6b4b1d790af1583c82e55695f4f692.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b41cf9e0ab3b0de91e5bd2f7270c060.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/478821768d40766fe2ec85dd81e4fada.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9006b14b91ec15ccaadf1ac594bb7e17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13f88b2045348b764de2712841b93f08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2295cd65d10196aeabc30910fdd65337.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3bb2d84d250194f8659c689a4c3fcf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31b1e474ad69437377debd13de78bee4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220557d992812b457eddf7e4ad44ec6e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3792ad2a4cee494ef7ea46b85a098eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b34cbc67ad54c259a482c47eb34da8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98d577ca3697a6b13ee49b6ff4deb05a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3236ddf4b2576fca56d62ad5d48b4219.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a9706ee6b1eb3a458e1602b6bf280.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7296a13334a7009192b728213212f39f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fa253245dc9299ae7250499f09ff53.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>