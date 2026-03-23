--- v2 (2026-03-21)
+++ v3 (2026-03-23)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6b4b1d790af1583c82e55695f4f692.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e7d218a2ab08bbeeaed5bf95769d4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad0e6cbc1a05bdedf1f38d8e5ea58734.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/478821768d40766fe2ec85dd81e4fada.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e7d218a2ab08bbeeaed5bf95769d4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9972d16dcd7dbdd46ded921bff6b4cb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13f88b2045348b764de2712841b93f08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e7d218a2ab08bbeeaed5bf95769d4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48302789d7ae2eb6038652e0c5827693.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3bb2d84d250194f8659c689a4c3fcf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e7d218a2ab08bbeeaed5bf95769d4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/739857eba625954954c4d8542cc3a64e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220557d992812b457eddf7e4ad44ec6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e7d218a2ab08bbeeaed5bf95769d4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa0c8e4bcb23876e81b00a390309d8f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b34cbc67ad54c259a482c47eb34da8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e7d218a2ab08bbeeaed5bf95769d4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15bc88cf1399326a3e23fdf295493865.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3236ddf4b2576fca56d62ad5d48b4219.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e7d218a2ab08bbeeaed5bf95769d4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a41cb198e420de4427894fa8531cdb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec3784d9ebb5a65958ca1d7a85d4436.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fa253245dc9299ae7250499f09ff53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e7d218a2ab08bbeeaed5bf95769d4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69155506e11aefdcbde6295f055c56d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>