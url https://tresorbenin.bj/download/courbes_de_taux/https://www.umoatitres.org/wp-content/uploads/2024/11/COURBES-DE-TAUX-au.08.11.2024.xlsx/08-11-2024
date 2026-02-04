--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd951b0a1b91aa378c7db63b277a2fe9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12a7d72ccb5fa68c12ab0fee8ee8294e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ee554e2ce35d6b139e6f48c3f67a1d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd951b0a1b91aa378c7db63b277a2fe9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01e2741de8e6f8cc4c3c3bdcdd546b2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511d371d44c0f21e3d71211f0d99093f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd951b0a1b91aa378c7db63b277a2fe9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e07039fc5caca9c63e1e975618de73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d0c1efcf6f512c884fdf2dd906e13a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd951b0a1b91aa378c7db63b277a2fe9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab1b6c0b250e1bb59581819ffec9ba2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cffa26c3258874d72c9c8a4ca86e719.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd951b0a1b91aa378c7db63b277a2fe9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff5294ebc0ae02a8d90e58ee57d57122.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa46e9077a0ac3f710a259d5e385d134.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd951b0a1b91aa378c7db63b277a2fe9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e8bb1e9508de193f792f624ca20905b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652c21f6a55359acd59e5c9d23ebbb0f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd951b0a1b91aa378c7db63b277a2fe9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c1feae849daca9dd44c3d33e9f765b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba2a09bd57c30900efe3f4f2d29e801.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd951b0a1b91aa378c7db63b277a2fe9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83abc096cd3549a49b9cdee422db6602.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb5dd86dde0bc6cce4c043c3c62ba47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>