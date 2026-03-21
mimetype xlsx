--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ee554e2ce35d6b139e6f48c3f67a1d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc811fed598f51db856418adbf0a9817.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/482e6502643405e46523ece0311b91ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511d371d44c0f21e3d71211f0d99093f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc811fed598f51db856418adbf0a9817.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213f6c6319e59d830d0d182084dfdb41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d0c1efcf6f512c884fdf2dd906e13a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc811fed598f51db856418adbf0a9817.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e4f25524540dae68ffa1ecd408a153d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cffa26c3258874d72c9c8a4ca86e719.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc811fed598f51db856418adbf0a9817.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b383efe732ffdb1a3ae5932884334069.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa46e9077a0ac3f710a259d5e385d134.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc811fed598f51db856418adbf0a9817.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760e96322e3c4c94b21b7c7d7e289966.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652c21f6a55359acd59e5c9d23ebbb0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc811fed598f51db856418adbf0a9817.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d85a30e7eb85980f3c90a693b3c087e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba2a09bd57c30900efe3f4f2d29e801.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc811fed598f51db856418adbf0a9817.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c683343fac9582b2af2ff83c995b933.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf584994498b3bfc4615d7a2b537ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb5dd86dde0bc6cce4c043c3c62ba47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc811fed598f51db856418adbf0a9817.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582ec0126aa72beb2f28c4537ef6e4f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>