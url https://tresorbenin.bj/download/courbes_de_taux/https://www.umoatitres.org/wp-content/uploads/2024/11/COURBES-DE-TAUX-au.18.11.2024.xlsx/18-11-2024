--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151ee08c9a62904dcb1b45b634c7f6ce.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fa686b90ace46fc27a5a8e38a33d2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1752a00d2f8847da8b9ff49713793679.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151ee08c9a62904dcb1b45b634c7f6ce.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1085c339bf85dd9a748e8cfced952d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312660e80cd55388b258df02dd46b9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151ee08c9a62904dcb1b45b634c7f6ce.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965363dbaa6d6909690d4b7ccb128def.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad02e23533d6a0dca1881ecbd228301.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151ee08c9a62904dcb1b45b634c7f6ce.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/455b14c9ed9a00f34c20a76b8c92163c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afc778577e8d5fb0b45cf775410e1176.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151ee08c9a62904dcb1b45b634c7f6ce.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8f48211a9ec68adfc8fb80bf6da9e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c8fc76266dc076206ae8a7f4be1ad9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151ee08c9a62904dcb1b45b634c7f6ce.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbe0747ca5d650c9478cd1f824a4021b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c1a82fa91e4096689b0380d720a442.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151ee08c9a62904dcb1b45b634c7f6ce.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013f734f80178d1bb6cedb14b245d642.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9283532b66abeaf61c7caba004eeb9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151ee08c9a62904dcb1b45b634c7f6ce.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc58ac0e0ed53cc7ce5f7b3cbbc6b0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f6502bbdcd17d92a91b9fdb96737d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>