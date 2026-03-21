--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1752a00d2f8847da8b9ff49713793679.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07e7dceaa9d43b3c40ab9fd83e21fdb3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312660e80cd55388b258df02dd46b9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d885c0d378e2de5ca267d23530cd9b00.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad02e23533d6a0dca1881ecbd228301.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3477da4188eb344f3db67c75a79982.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afc778577e8d5fb0b45cf775410e1176.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b2397deb57eb81dadb10f1eebf7bd5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c8fc76266dc076206ae8a7f4be1ad9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5cb06574c2f744f1982ab807f68972.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c1a82fa91e4096689b0380d720a442.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33a0b8acc84c49b07cee3fb8a59c5bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9283532b66abeaf61c7caba004eeb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3a538223088f4ebdba37e13079d79e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b8dbcf8c01c5a1fa8d6aad1c8d9122.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f6502bbdcd17d92a91b9fdb96737d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7c9f663dcb41982b6b02cd9a56499b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>