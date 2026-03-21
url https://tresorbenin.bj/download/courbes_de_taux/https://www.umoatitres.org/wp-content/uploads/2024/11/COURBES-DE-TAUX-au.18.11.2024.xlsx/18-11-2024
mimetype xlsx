--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07e7dceaa9d43b3c40ab9fd83e21fdb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d240f7d10b3105ce3426884128013e9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7890f9136e994445bca91fb66646746b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d885c0d378e2de5ca267d23530cd9b00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d240f7d10b3105ce3426884128013e9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f983f520f7fce0c379e432dfbf3ef5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3477da4188eb344f3db67c75a79982.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d240f7d10b3105ce3426884128013e9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a372dd4d267449241bcfbcb8c9311f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b2397deb57eb81dadb10f1eebf7bd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d240f7d10b3105ce3426884128013e9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5f263f6c7a74298c9c6c0a3d20c707.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5cb06574c2f744f1982ab807f68972.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d240f7d10b3105ce3426884128013e9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d307877b766cc3db048efdf29e2a783d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33a0b8acc84c49b07cee3fb8a59c5bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d240f7d10b3105ce3426884128013e9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d528540935e0d4bea3839303a7dcc881.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3a538223088f4ebdba37e13079d79e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d240f7d10b3105ce3426884128013e9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13deff93770483d09d1c2908d41edb47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37d641dadb86abcc93f7ec4157c66a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7c9f663dcb41982b6b02cd9a56499b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d240f7d10b3105ce3426884128013e9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5a3bc32d4cb6327c51bd7955cc46095.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>