--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded8de81ef2a9efab7cde68d3565cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed78fb2bb29bf50ae1f8a61360857dab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cedb99cb11fe36f640027cd27214e994.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded8de81ef2a9efab7cde68d3565cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ab92e02d37b3e554736cf44136a43d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbb3c01a6994e65869ff5b9528301ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded8de81ef2a9efab7cde68d3565cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0082a556ae4879d733aef456f0a53d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e78b10279568382b7c2f127f1afe9534.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded8de81ef2a9efab7cde68d3565cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f73cd2cbc4231a062dfeb0d4f988a8ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7869f5b979811bd9da5075bc2afbb8f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded8de81ef2a9efab7cde68d3565cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b18deeb726acb424cdaf2981e040c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62cf25ffaac1d7af5b48aa59bf58b82c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded8de81ef2a9efab7cde68d3565cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e5bcf5550f7ec5faa0977984374d55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c410fb3d8d0b35002ed8a74034c2f030.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded8de81ef2a9efab7cde68d3565cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d196d010f878d6f6b1b24ce3896d1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77892b56cf9f2d4de728c48953da4e80.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ded8de81ef2a9efab7cde68d3565cb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b512a110edbbaba091fd17975b9ed3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766d29e82ca7635cc3bd2713e1e1120f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>