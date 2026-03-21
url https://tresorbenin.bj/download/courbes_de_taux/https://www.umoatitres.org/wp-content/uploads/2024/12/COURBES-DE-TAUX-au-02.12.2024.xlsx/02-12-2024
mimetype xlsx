--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cedb99cb11fe36f640027cd27214e994.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/801490fd88ec008b93332728bff6da14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbb3c01a6994e65869ff5b9528301ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd5550d87980a5020e1a117c7bf7ceb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e78b10279568382b7c2f127f1afe9534.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec01f1435be32abc5725c8d4a5e05d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7869f5b979811bd9da5075bc2afbb8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646416ea37e87b612bd475c6d68d5606.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62cf25ffaac1d7af5b48aa59bf58b82c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b424c8f92c94b66458a61bb2dd67280.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c410fb3d8d0b35002ed8a74034c2f030.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0bd8b499c93d4c3db4a627d84a2a27f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77892b56cf9f2d4de728c48953da4e80.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ac440030863021dea2d52c8eecb815.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b9389e1ec4815c90fabd87af01d837.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766d29e82ca7635cc3bd2713e1e1120f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a4354b969aea6d574f8b3ad5ace436.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>