--- v2 (2026-03-21)
+++ v3 (2026-03-27)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/801490fd88ec008b93332728bff6da14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f51c22c25b6b688b916d7665bc9dc76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b31c29baac83d113ee55e5924085d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd5550d87980a5020e1a117c7bf7ceb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f51c22c25b6b688b916d7665bc9dc76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f18b8b926833c945ad08317ec8beefd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec01f1435be32abc5725c8d4a5e05d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f51c22c25b6b688b916d7665bc9dc76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab3c07bbbdc4a127c68d2ca4411b262.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646416ea37e87b612bd475c6d68d5606.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f51c22c25b6b688b916d7665bc9dc76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730e7028d8d4d2cc52e1daf1d904e0b9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b424c8f92c94b66458a61bb2dd67280.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f51c22c25b6b688b916d7665bc9dc76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea342a08bfdc8d0234a34fed2db0a1a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0bd8b499c93d4c3db4a627d84a2a27f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f51c22c25b6b688b916d7665bc9dc76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58a8b01f5988391f7365798b9ebd9ad2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ac440030863021dea2d52c8eecb815.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f51c22c25b6b688b916d7665bc9dc76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9574cd60a943a87a3791bae70b25683a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bac37f3664e737652010bc5ed990f02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a4354b969aea6d574f8b3ad5ace436.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f51c22c25b6b688b916d7665bc9dc76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3828d46e4970ba1965b05929ad3961d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>