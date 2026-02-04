--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1da97c981c3ff838379f7f430dd4c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/575508cd6658f04b725cc9d14b831018.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36486b874f92e118e66a3da8c97a1da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1da97c981c3ff838379f7f430dd4c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6dbe8fa8218b14d4b3b883f3f88b89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4399b75bd5b617bbe9e70c6c1bfc004a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1da97c981c3ff838379f7f430dd4c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff8f5337d77d670731da1975c107207.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc88c99a164039b6cfc09de13060a5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1da97c981c3ff838379f7f430dd4c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39492e512aeedd2cb0e53e2059c8a9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f39d4a1f9d2435d4b510f84d195a39.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1da97c981c3ff838379f7f430dd4c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/299873e189d922bf78c75951aacfdab1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13f7b3063204fb636acfc171608284c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1da97c981c3ff838379f7f430dd4c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646a503722aeeac11bdb1376db5fd6f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a374345e9788f15d83917b0504216c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1da97c981c3ff838379f7f430dd4c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228315d0ff2c95da406f15c39a3a0e8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4f7c6bb78dc8d913a5b0f82ef2c18b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1da97c981c3ff838379f7f430dd4c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9857a6036e64ce7eff9f72ed2130fff2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc492cd09a12ee468a410491d55a497a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>