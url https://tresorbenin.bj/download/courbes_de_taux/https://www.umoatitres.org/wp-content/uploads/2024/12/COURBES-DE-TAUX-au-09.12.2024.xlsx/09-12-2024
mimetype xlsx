--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36486b874f92e118e66a3da8c97a1da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08374eb95c3f0006967fa944e86cf63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1aae6b75cbf78348d7a16f14cd4473c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4399b75bd5b617bbe9e70c6c1bfc004a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08374eb95c3f0006967fa944e86cf63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867e0e540668cf8d64902b4c260ece41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc88c99a164039b6cfc09de13060a5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08374eb95c3f0006967fa944e86cf63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741552b4076f5d6c51e30589b9bd228d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78f39d4a1f9d2435d4b510f84d195a39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08374eb95c3f0006967fa944e86cf63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16b29fbead77404612a6a900268255e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13f7b3063204fb636acfc171608284c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08374eb95c3f0006967fa944e86cf63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010c61b7e6d72905ce758fa7700482d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a374345e9788f15d83917b0504216c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08374eb95c3f0006967fa944e86cf63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98881dae37534da3d5643b0f7c10fa77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4f7c6bb78dc8d913a5b0f82ef2c18b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08374eb95c3f0006967fa944e86cf63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d661a172ae797a9a514efc2be5736c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b868ec2bcd20742fab77c562c0d55a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc492cd09a12ee468a410491d55a497a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08374eb95c3f0006967fa944e86cf63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35ebbedc871cab7e00737b96aeb7335.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>