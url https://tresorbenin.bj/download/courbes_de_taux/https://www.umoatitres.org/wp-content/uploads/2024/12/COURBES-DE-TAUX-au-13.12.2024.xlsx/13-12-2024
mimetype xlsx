--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f157638585802bae4c25e1998f3c7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dcdef89cfd06bb80ca874db3d4129e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927fe00dbbc1bdb48f62d91790f12edf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f157638585802bae4c25e1998f3c7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a287f26ee8b68014059b0f9baaa41c02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60158feecb281e92e6d401f5ff87ba41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f157638585802bae4c25e1998f3c7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6eb31258f281d88e80d1fa95254fae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fff817c021dceb296be82e4326f7ba0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f157638585802bae4c25e1998f3c7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270f0f6b354aeae4e896f9e36dba4bcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e8d9f14d637a724b9c1aa2a9a3ba3d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f157638585802bae4c25e1998f3c7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5401065c7ef508768345c3b85d583b88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ab693cb2a0b594805e29b53f11aee06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f157638585802bae4c25e1998f3c7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9005f42693109486be86b5af218c23a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2881106d54d9d479adc3d347eeb8432e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f157638585802bae4c25e1998f3c7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8e4c5b0248ad22b6b71ad7e8a9ed1d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ba0cfd9328954e0c08e9db5e91153.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f157638585802bae4c25e1998f3c7b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9d8b26ef89e32218ccd39a212ac892.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4c8a57259848a8a8b7b5f1efeb3737.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>