--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927fe00dbbc1bdb48f62d91790f12edf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a797f4f5ebd4edff94c49fc01cbed88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fbf62cbdd62ac8df2077d8aff69bb86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60158feecb281e92e6d401f5ff87ba41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a797f4f5ebd4edff94c49fc01cbed88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcc1a6024b4b6498e47ce8c556f0b9e0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fff817c021dceb296be82e4326f7ba0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a797f4f5ebd4edff94c49fc01cbed88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0bd8b732e31c6a43dec1f68fcf67f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e8d9f14d637a724b9c1aa2a9a3ba3d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a797f4f5ebd4edff94c49fc01cbed88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6377659e7b5d17adc3e4783dd40a26c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ab693cb2a0b594805e29b53f11aee06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a797f4f5ebd4edff94c49fc01cbed88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f9aaf58f60ea46d71ab7911feacb02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2881106d54d9d479adc3d347eeb8432e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a797f4f5ebd4edff94c49fc01cbed88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18552682b77dd827afe051c7f49bb85d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ba0cfd9328954e0c08e9db5e91153.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a797f4f5ebd4edff94c49fc01cbed88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da25837389a051c9750127ff97a8aad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20266e8cd01a8460f64e83cd4ed7651.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4c8a57259848a8a8b7b5f1efeb3737.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a797f4f5ebd4edff94c49fc01cbed88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79485927ffda951a7ccd80769ba111f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>