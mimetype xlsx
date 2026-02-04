--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325bf494026a49ccf854be67226322d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f13cf2cef46303903b352062d09cbbb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa28e1afd00acf9e01ad1a57fa793ed3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325bf494026a49ccf854be67226322d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d56159a453703e1dad36336a7425e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe73b003b7cfffc57fde2518ca8c6699.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325bf494026a49ccf854be67226322d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb7b8d0984ae01b8fa2164b1de25da19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e93c5f0db0809b4e5d86678ba4bccf43.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325bf494026a49ccf854be67226322d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630bcdd005c09275f1c7ba6dc1065575.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a04c042ed4af0f3451ba3b30ede9ad7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325bf494026a49ccf854be67226322d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97df319cb671c47934c28642eb83e63d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf1f939dae691279b38ac619dedba731.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325bf494026a49ccf854be67226322d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41711c8c90a585fcc9e199f93f664634.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/498c4d571c639d0bca89526dc71f9291.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325bf494026a49ccf854be67226322d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/647a23e014e89c0f653ff6d897c0156e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b321e72bd8799e72515bf8ecbc14d5ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325bf494026a49ccf854be67226322d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4635c2ec3f609b7bfc65ea0f0af1d560.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0689f13f775ba1663e69819bb7baf4e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>