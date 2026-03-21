--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa28e1afd00acf9e01ad1a57fa793ed3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cdb6339e1122771a4224e860815161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f8987670d6be211a890e186a5425a5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe73b003b7cfffc57fde2518ca8c6699.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cdb6339e1122771a4224e860815161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db862eb251c98d6755b189dc6f499760.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e93c5f0db0809b4e5d86678ba4bccf43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cdb6339e1122771a4224e860815161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96b4436e5f8e15e8a90887b10c6be9bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a04c042ed4af0f3451ba3b30ede9ad7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cdb6339e1122771a4224e860815161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc032aaea0b9f0593aa226fba09a4a9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf1f939dae691279b38ac619dedba731.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cdb6339e1122771a4224e860815161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3166670de5ab5edb63794192a32a30b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/498c4d571c639d0bca89526dc71f9291.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cdb6339e1122771a4224e860815161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4efed85ea9c8e91001b9f7af68b23a5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b321e72bd8799e72515bf8ecbc14d5ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cdb6339e1122771a4224e860815161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f30a91dbfc15893801f8ac258ebac0bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f22b42f0058c66b8cf5be7a9adb225.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0689f13f775ba1663e69819bb7baf4e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cdb6339e1122771a4224e860815161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35a7c4752e1255ab1cf2e3c10d49bdea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>