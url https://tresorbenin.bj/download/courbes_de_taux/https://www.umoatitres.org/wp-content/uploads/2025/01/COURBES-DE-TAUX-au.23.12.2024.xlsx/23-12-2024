--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24649fcf6ed230ef683893f6a373b1a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6657761573807a42bbe50ddb96adbc0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569554daba5b4b782959af3e4094064e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24649fcf6ed230ef683893f6a373b1a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88994fadda802cb9695370825974346c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea200f6af5c6deccd2178dc2d4e4e9e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24649fcf6ed230ef683893f6a373b1a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff82078d6682b29aa127bfc6775f3eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d52ab21c5a8bf6c07bd2ea0b55de16a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24649fcf6ed230ef683893f6a373b1a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a78465cb6cc8dfcca954d760af7fcaa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad7ac538daab877bb6ba02497488d68f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24649fcf6ed230ef683893f6a373b1a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201d93dc99d75fb86635749389143eb1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628caa2bd726dab6aeee09ca4b938b27.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24649fcf6ed230ef683893f6a373b1a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0fee8117806a90108626a770a23d94.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/740e5d0e566710fa16658c1cefa5be5d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24649fcf6ed230ef683893f6a373b1a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d2f936f4cd069085d32d4fac3727be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd8a49c76181536492c774b335c03c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24649fcf6ed230ef683893f6a373b1a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63e917ae57addffb7b110ec1ae7bafde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a775de4b5b11b977f289355fa4e28ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>