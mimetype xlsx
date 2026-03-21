--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569554daba5b4b782959af3e4094064e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/505471b404e96c3cbe15db32cfccafed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea200f6af5c6deccd2178dc2d4e4e9e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d95c4483bb5054aef3508e879f65d8c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d52ab21c5a8bf6c07bd2ea0b55de16a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d984b43d85c8a4b8f26b8b75920c96d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad7ac538daab877bb6ba02497488d68f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54a0449ef35cdf623e87cab8afd4c24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628caa2bd726dab6aeee09ca4b938b27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f66a142b4c932ff78301b77e7b4acaf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/740e5d0e566710fa16658c1cefa5be5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e274b7f760129dcbec3bb9e67827ea7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd8a49c76181536492c774b335c03c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccd0b2e1e350d75d8826426c767fc492.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e00ff118555f11edc5a203345191d9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a775de4b5b11b977f289355fa4e28ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d95a8456b05ec55b5259c09d9c864f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>