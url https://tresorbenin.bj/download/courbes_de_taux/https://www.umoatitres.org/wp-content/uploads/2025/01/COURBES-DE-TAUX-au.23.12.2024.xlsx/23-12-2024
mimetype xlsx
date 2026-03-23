--- v2 (2026-03-21)
+++ v3 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/505471b404e96c3cbe15db32cfccafed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e794ef6a5273410ea1e9cf01af62c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/871db8badfc087735b17e208ba5db8ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d95c4483bb5054aef3508e879f65d8c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e794ef6a5273410ea1e9cf01af62c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a7a33cd05c7fc3a37ce1faef5334886.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d984b43d85c8a4b8f26b8b75920c96d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e794ef6a5273410ea1e9cf01af62c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64691449bdf09bf0ff7683127e75ed7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54a0449ef35cdf623e87cab8afd4c24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e794ef6a5273410ea1e9cf01af62c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a7f91a41b55f34ae11b0ddbf390afb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f66a142b4c932ff78301b77e7b4acaf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e794ef6a5273410ea1e9cf01af62c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d0ba8e81f8eca912734de9e9528f0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e274b7f760129dcbec3bb9e67827ea7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e794ef6a5273410ea1e9cf01af62c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ed0cb3d6b54b0418cafcf918266746f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccd0b2e1e350d75d8826426c767fc492.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e794ef6a5273410ea1e9cf01af62c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12de052643b92cc7a808ac355e2bd38e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e1ef680112f678d894d1de9a8da97.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d95a8456b05ec55b5259c09d9c864f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e794ef6a5273410ea1e9cf01af62c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12841580473fd7ba409471b422edd10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>