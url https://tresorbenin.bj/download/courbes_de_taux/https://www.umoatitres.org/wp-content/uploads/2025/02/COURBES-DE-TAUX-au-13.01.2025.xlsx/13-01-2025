--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab32fb8915952d9c26201e0e56dae0e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf461f16d343d472b839086cfc6e2625.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc13f282fa46445f5987d9d479b4d74e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab32fb8915952d9c26201e0e56dae0e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9300b69b9ccc07992922bb5ebf7c9f59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc1bd55963132b661e0fbe9cf886f65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab32fb8915952d9c26201e0e56dae0e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5043a89b8d0a37d6b7e25d2d1e6e16c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e176fed3d51f1a789cf6b41b8aa9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab32fb8915952d9c26201e0e56dae0e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e9d6610f438fd2a0ceeb597a7110d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d3fa8afb3b1962422718f8f15a3b37b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab32fb8915952d9c26201e0e56dae0e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9d0e3c050d885e8aa9f6dd6f7cc63f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b00e06af0955ca6dcd099feb4ac68c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab32fb8915952d9c26201e0e56dae0e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd57112bb80a3fd02adba89919e795d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1507dfe15c6e8665a3e9464a005172d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab32fb8915952d9c26201e0e56dae0e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/608dafb00a029978d6fbdb840e50a3da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448f6343b7844f699cc9d649a1c1fa82.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab32fb8915952d9c26201e0e56dae0e6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52623b8faf24db5ff93e4f983d5e874.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587097743d1a9eae1da3b20223bb74e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>