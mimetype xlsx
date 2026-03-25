--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc13f282fa46445f5987d9d479b4d74e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fe1c37b453ee564921949b3934f037.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e37aa95c75dc204391e56ab7a195eae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc1bd55963132b661e0fbe9cf886f65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fe1c37b453ee564921949b3934f037.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaadcc4b026be055dfd6d6cbfde38b4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2e176fed3d51f1a789cf6b41b8aa9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fe1c37b453ee564921949b3934f037.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f78c61be0136c4e4d8079f65bdc132.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d3fa8afb3b1962422718f8f15a3b37b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fe1c37b453ee564921949b3934f037.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74b30741067f2d8b34856557500ef35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b00e06af0955ca6dcd099feb4ac68c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fe1c37b453ee564921949b3934f037.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eec4be7be243110508c0a13c1eb44ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1507dfe15c6e8665a3e9464a005172d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fe1c37b453ee564921949b3934f037.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7636d9de0f1d2b8925f369f9bccfb2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448f6343b7844f699cc9d649a1c1fa82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fe1c37b453ee564921949b3934f037.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae787f80fe1a1e6c1b42b13c210c66c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad54b9134bf1ed11e19b4bf15e3f7af2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587097743d1a9eae1da3b20223bb74e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fe1c37b453ee564921949b3934f037.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b3b0c34b6eb7be2a93d287b866dfcd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>