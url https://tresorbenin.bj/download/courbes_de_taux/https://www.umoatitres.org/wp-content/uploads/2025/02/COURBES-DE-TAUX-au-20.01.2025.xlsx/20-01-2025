--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be9e065c6e81a84f7895d336f4a622d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc1b714c2d5891e1d71ee680f2272fdf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43aa84f56b9f51b628247fd2b107b314.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be9e065c6e81a84f7895d336f4a622d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3057bf9389621691e6181654d69f7c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c651322d3aa575e1e95840db515691d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be9e065c6e81a84f7895d336f4a622d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbb4ffebcfeeeac1e45735db03dad3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f876ce5a148224873fe28aee78935fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be9e065c6e81a84f7895d336f4a622d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bc9d7a972c422b7dcc49787370b749.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/217e99d1c56615ed0e016d1efa817678.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be9e065c6e81a84f7895d336f4a622d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6240cac55fe690e9b7c26a6a527c3f7f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee7a22eec9f55cb71b3408407db3d1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be9e065c6e81a84f7895d336f4a622d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fc9057217126caa2c1d07f199db5597.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d3f4362baf96f1387c13785b5bb232.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be9e065c6e81a84f7895d336f4a622d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a974a818e5c8cb47b390f4530154c294.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f9f09019fa4db1ddbdd3e7ad6f3af77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be9e065c6e81a84f7895d336f4a622d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f578609a55dfd3f0c33bbd9eb4f1a836.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6748daf105de3ae4b10cb7005a38ce11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>