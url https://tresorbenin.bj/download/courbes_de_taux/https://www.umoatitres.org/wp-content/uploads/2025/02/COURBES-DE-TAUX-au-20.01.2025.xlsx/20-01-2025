--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43aa84f56b9f51b628247fd2b107b314.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d9b95f2b10e8e1820060b401f1faf24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c651322d3aa575e1e95840db515691d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fdf63bc56eb96d9a35761dff8d39133.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f876ce5a148224873fe28aee78935fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d44ea9f078de29a9b875681afa36d032.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/217e99d1c56615ed0e016d1efa817678.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e13a7ba2edcc9b0e73298d12e37be3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee7a22eec9f55cb71b3408407db3d1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce99a6620fcf389cb92a84c4cc07b1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d3f4362baf96f1387c13785b5bb232.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17800da43afd74c1f4571eeee72a265f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f9f09019fa4db1ddbdd3e7ad6f3af77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123b88e38b7a51ad479b0c03f536bd38.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ca6fde3b3a84f52b0c3eaa6e7cd968.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6748daf105de3ae4b10cb7005a38ce11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb03bb0ead2ce98eadc58cdd4a14c2b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>