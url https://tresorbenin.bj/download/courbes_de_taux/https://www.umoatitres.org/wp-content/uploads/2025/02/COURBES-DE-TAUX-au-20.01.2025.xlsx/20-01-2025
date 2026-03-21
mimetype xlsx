--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d9b95f2b10e8e1820060b401f1faf24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874009498a0e77aabe7a937e38aeb4dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d40dd40d53c100c473eb7ffa9755f5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fdf63bc56eb96d9a35761dff8d39133.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874009498a0e77aabe7a937e38aeb4dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e45476cec2ac6babf373e8a9d331b10b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d44ea9f078de29a9b875681afa36d032.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874009498a0e77aabe7a937e38aeb4dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7f73fe6977281d04d498b88293cf8be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e13a7ba2edcc9b0e73298d12e37be3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874009498a0e77aabe7a937e38aeb4dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f90e07dfdaccf85f831549bad59e5289.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce99a6620fcf389cb92a84c4cc07b1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874009498a0e77aabe7a937e38aeb4dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b2e3647c04a079a82f8d4e5dba6d3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17800da43afd74c1f4571eeee72a265f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874009498a0e77aabe7a937e38aeb4dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e102131559989528db01e206888c103.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123b88e38b7a51ad479b0c03f536bd38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874009498a0e77aabe7a937e38aeb4dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d2315616c6c32a9b3f078980a967220.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ebf73378843d03416811edd71506d0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb03bb0ead2ce98eadc58cdd4a14c2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874009498a0e77aabe7a937e38aeb4dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3993d300b5e017e53067d430858f71b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>