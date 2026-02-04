--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a636dc6b4b7cc5328e830aeb440c9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c96a1ff32186f41f6f46b9ab46391323.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83eeef6dc102b2329224ac241aca4af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a636dc6b4b7cc5328e830aeb440c9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1605e2743f1ba2718082953f80b12ce4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd51944cb7f1836dc9e65cbd324cc1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a636dc6b4b7cc5328e830aeb440c9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ab365fae281cdab122313d011bae0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0f1cb4f41bfda9a495113dc2381b949.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a636dc6b4b7cc5328e830aeb440c9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13c4c00adb61ae3ab2d7729f87675f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb9a088970893695acb5938e3babcc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a636dc6b4b7cc5328e830aeb440c9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b3e37fb392bb114779b4119c7716fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aaa9f0815b4f2d74b85d31cdec55ca4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a636dc6b4b7cc5328e830aeb440c9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81cce3d3b1c9bd734e4f770a581eda0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c015d05f6dc1356673e8a9b2fa614a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a636dc6b4b7cc5328e830aeb440c9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bba68ec00309201c9db6432a3bf9e2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18878ca346d883ce3d20a3dc74088252.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a636dc6b4b7cc5328e830aeb440c9f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35ad4a87d490ef6abebb8eeff662c1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3526313c66d3555b31ee11c024e2af17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>