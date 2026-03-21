--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83eeef6dc102b2329224ac241aca4af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eaac14050f7e0389787d44ec884c916.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4eefe0dc9453a7230dadba5fd66c47a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd51944cb7f1836dc9e65cbd324cc1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eaac14050f7e0389787d44ec884c916.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6105a90ce263a872c3caf71c84e0f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0f1cb4f41bfda9a495113dc2381b949.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eaac14050f7e0389787d44ec884c916.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb54d86eea2fbaeaa82e5bc15b3f8cf3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb9a088970893695acb5938e3babcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eaac14050f7e0389787d44ec884c916.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0291ee490e127c0d94b7f174ef0d9999.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aaa9f0815b4f2d74b85d31cdec55ca4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eaac14050f7e0389787d44ec884c916.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6663c9c03cdb1da6d0ec67fedf32a363.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c015d05f6dc1356673e8a9b2fa614a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eaac14050f7e0389787d44ec884c916.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6477247e5ed2a03be089336c097ea3d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18878ca346d883ce3d20a3dc74088252.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eaac14050f7e0389787d44ec884c916.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a735e7f6b8c3a73982cbec9cf0d2cf16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ead4206436779832b29982919de406.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3526313c66d3555b31ee11c024e2af17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eaac14050f7e0389787d44ec884c916.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faf13e8f6b8eea943facc8631c3cd9b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>