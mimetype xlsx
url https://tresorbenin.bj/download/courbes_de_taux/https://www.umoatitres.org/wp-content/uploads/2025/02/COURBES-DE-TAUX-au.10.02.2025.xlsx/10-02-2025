--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d43dbe62b04218c321b0a67f0a5d17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c7fbb4ecac364123e50b4a184865ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7fc36d0eede5943bd27da0fe1c7835.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d43dbe62b04218c321b0a67f0a5d17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f198cc33ef44bff214c78b9d77a0f467.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2163fbc79c7730993f0fac8a76d6d39d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d43dbe62b04218c321b0a67f0a5d17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a14557181f90a4fc83719d08a646ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85bc555dab9d2c6c83a0c98bcc31da47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d43dbe62b04218c321b0a67f0a5d17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0510a3b6b3330f919c5b5f86559b0d61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0171a9b59c3d685b3390eadcdeb3e3eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d43dbe62b04218c321b0a67f0a5d17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b1e2b18e2b3494ad6a329385feeb6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d14c717228b6ca8adbdf89b5a0b6a345.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d43dbe62b04218c321b0a67f0a5d17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e8a16bf23bc1da238c3651f24ad1a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730145d76c13b86ec0061e13b60ce2ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d43dbe62b04218c321b0a67f0a5d17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1f8d6dcdf0bc6d2e6d23a6bbfbebb2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b73fcc5cf94294ef39eb8a6103b62e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d43dbe62b04218c321b0a67f0a5d17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49c5a4e4fb21746154304c22730a0a2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e366d04c665026141b72d60c3a32fe8c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>