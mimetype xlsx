--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7fc36d0eede5943bd27da0fe1c7835.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5704999169bdf73168c3e510a03ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/019eba3b8829452974d59cb3c70ab144.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2163fbc79c7730993f0fac8a76d6d39d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5704999169bdf73168c3e510a03ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461fd96e535d34b775c7f6e49e82eff1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85bc555dab9d2c6c83a0c98bcc31da47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5704999169bdf73168c3e510a03ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/143a79c6e7482d719a0dd8983c79aec2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0171a9b59c3d685b3390eadcdeb3e3eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5704999169bdf73168c3e510a03ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7da8517677f5d86413dc8dcce586b5d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d14c717228b6ca8adbdf89b5a0b6a345.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5704999169bdf73168c3e510a03ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271424101c832b262828f425c1ab3e39.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730145d76c13b86ec0061e13b60ce2ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5704999169bdf73168c3e510a03ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91b82643cf05e12d938400ec95b4d456.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b73fcc5cf94294ef39eb8a6103b62e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5704999169bdf73168c3e510a03ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e77bad3763627af8e32a020c347bf4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25fcba567fd14b648c1bc55669c064d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e366d04c665026141b72d60c3a32fe8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff5704999169bdf73168c3e510a03ee.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f84945e8f777c39aa8de3b426f8d7c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>