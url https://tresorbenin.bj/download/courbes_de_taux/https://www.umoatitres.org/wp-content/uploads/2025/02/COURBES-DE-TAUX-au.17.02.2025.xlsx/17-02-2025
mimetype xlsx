--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c9551052b1efef3c1f2b4386528f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f5c9f9c3fc45a90223d7939f73378d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5551ab170d4f7aee101685cf87eba29a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c9551052b1efef3c1f2b4386528f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1674207e733c1c8f41e350fb8be648f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e073ec9bab5148d2eb466dbd27d5387d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c9551052b1efef3c1f2b4386528f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f967952594e318b8d80f63f154292abf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/132c20bf2a1a244c65d1dad5dd3e25ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c9551052b1efef3c1f2b4386528f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2e2eb2f0eba56807fa4ce54148cc79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af886b6a63b5f01ff07f6a7c441758da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c9551052b1efef3c1f2b4386528f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec8efbf230d94c05f421e0688598d63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c832f85e923deaf3a46ae95c14ad40bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c9551052b1efef3c1f2b4386528f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014f23f5fc618b6a7a8f2af2079156d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7188397ccd106807da1bb6e6cf735ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c9551052b1efef3c1f2b4386528f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfc6097ec96b3276dac37e91aeb23abf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c896137724002619958a0445bcf19c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c9551052b1efef3c1f2b4386528f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5677201515b9a1dcea834e9f2b86a011.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95706f2aff0861762c9fb1cd16e1e4e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>