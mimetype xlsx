--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5551ab170d4f7aee101685cf87eba29a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db3709e78968c7792a543bd75875f4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831d7380dbfd29fffda7728162491d4d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e073ec9bab5148d2eb466dbd27d5387d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db3709e78968c7792a543bd75875f4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e2007cf7b2adf4434b3ef9ad911b3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/132c20bf2a1a244c65d1dad5dd3e25ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db3709e78968c7792a543bd75875f4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548a2cb9820d58f8dfce817cbb97b73a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af886b6a63b5f01ff07f6a7c441758da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db3709e78968c7792a543bd75875f4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad0df6e97c84148905ec04f01fb19f6c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c832f85e923deaf3a46ae95c14ad40bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db3709e78968c7792a543bd75875f4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3a2a3bd52173eb1d9df6ca29e28a491.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7188397ccd106807da1bb6e6cf735ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db3709e78968c7792a543bd75875f4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a9a8ecfdd0384a24a26ba21746c177.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c896137724002619958a0445bcf19c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db3709e78968c7792a543bd75875f4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b5b7db496d3743a9cff3ac78b44e103.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2c40b96d0f9363f3914c549aa66105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95706f2aff0861762c9fb1cd16e1e4e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34db3709e78968c7792a543bd75875f4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b53a2bb7f1f44cc97d40b9b5f0044661.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>