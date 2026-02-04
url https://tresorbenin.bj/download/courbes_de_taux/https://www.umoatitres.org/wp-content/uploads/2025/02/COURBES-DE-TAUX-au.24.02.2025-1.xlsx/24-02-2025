--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4edf903e2bd54fe24e27375871d7a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e4624a5992148e91ecd8f0b08139ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e97923bf12c382c5672d281a5d2c80a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4edf903e2bd54fe24e27375871d7a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e6bdf4caabbf1881b08f2060f2a9d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c24ab3069499f9b8fc9a16ae3e6b4e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4edf903e2bd54fe24e27375871d7a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9510ab43f0e0d32c5da81788a0644d08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ba8ac34027938e678300d6abaf25f0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4edf903e2bd54fe24e27375871d7a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d16f226cb9842676a5e69c6ccb75d164.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e008686ab04f64e599c7167efb6898.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4edf903e2bd54fe24e27375871d7a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b489a0bf43c5a065179b1b0286a38a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57acc71592cd09ee9f5b1359669a1767.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4edf903e2bd54fe24e27375871d7a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c98cbb759816aa6aa9e917a692a016c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdae254bb2bdc1ddd7471cac8cd52120.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4edf903e2bd54fe24e27375871d7a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d781bfccc8a7106ce4b6e222207eb094.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22e282afcc23ac8a1455b3244413bd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4edf903e2bd54fe24e27375871d7a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/513872e24a87ed1edec549415688df28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a299fe832e9b18d70b063b6b20cf39af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>