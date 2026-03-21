--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e97923bf12c382c5672d281a5d2c80a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b0d3067708d33dc2512a0c784b3c13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41044a865f33507d40d19ebd6bb7521.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c24ab3069499f9b8fc9a16ae3e6b4e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b0d3067708d33dc2512a0c784b3c13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023cece7f9be3f88b46587ce4bd2ac25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ba8ac34027938e678300d6abaf25f0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b0d3067708d33dc2512a0c784b3c13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3696c8fe91d3fd0dfbf31dc83875832a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e008686ab04f64e599c7167efb6898.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b0d3067708d33dc2512a0c784b3c13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d704bc895e689a75c19d090e694585.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57acc71592cd09ee9f5b1359669a1767.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b0d3067708d33dc2512a0c784b3c13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab8504b6bd73792bb2cc2ce88be715b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdae254bb2bdc1ddd7471cac8cd52120.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b0d3067708d33dc2512a0c784b3c13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2531f2f44b6b5c379ff43d77b5dca13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22e282afcc23ac8a1455b3244413bd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b0d3067708d33dc2512a0c784b3c13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b810291c94679afa5e74519ac91c36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fc51da449001a7479dc5a2c540c948.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a299fe832e9b18d70b063b6b20cf39af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b0d3067708d33dc2512a0c784b3c13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116fb16fca06017bdf17c637759181a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>