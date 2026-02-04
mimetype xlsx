--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfd722e0190d05bd3bcb2c3d0234a70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fe4f35f8a4a9c8269189d3cb01407c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff2d89cfeb750426b896592d2f7aa9e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfd722e0190d05bd3bcb2c3d0234a70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bace8d8182ac8d069f31a8bd0178678.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16ae6000eab4049848f632a3fde1133.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfd722e0190d05bd3bcb2c3d0234a70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70dfbc6691f1516bb3e9ff1a62e78c50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb004cb70576f82370c6a903e514fabf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfd722e0190d05bd3bcb2c3d0234a70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b10e841c59a218483a14dbf1f9f209.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ccf49af6518bbe3894ac6936e98d67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfd722e0190d05bd3bcb2c3d0234a70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0550d7e5dffef44d347f231d764105.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04cf6504dfef964e57f3e10d5aafda87.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfd722e0190d05bd3bcb2c3d0234a70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e29a6072b00989009f7b4afc3a199b8d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee6a08299caf2b547fb52acfad87b47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfd722e0190d05bd3bcb2c3d0234a70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8213842837cb940c039fac815faaaabc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a620b5e1c194c082d3f64f8fa243226e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfd722e0190d05bd3bcb2c3d0234a70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33ecc989f043bd3cda10363829aaabb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d12e999baed6a099268827368dc5cc7c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>