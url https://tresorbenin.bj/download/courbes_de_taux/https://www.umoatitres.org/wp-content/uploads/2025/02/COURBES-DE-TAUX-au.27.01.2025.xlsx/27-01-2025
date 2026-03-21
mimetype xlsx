--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff2d89cfeb750426b896592d2f7aa9e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e73ae50666ce23c49b982596f6d1a12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6270a28fa0717d8e9b37fc9b092bb9cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16ae6000eab4049848f632a3fde1133.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e73ae50666ce23c49b982596f6d1a12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eddb475a246af85a9f9ed6469d3bb80a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb004cb70576f82370c6a903e514fabf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e73ae50666ce23c49b982596f6d1a12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b63ae4b5e5b405c851dc06cb5c971f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ccf49af6518bbe3894ac6936e98d67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e73ae50666ce23c49b982596f6d1a12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc68f1147a0de8e9ef14e5d9e0235e65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04cf6504dfef964e57f3e10d5aafda87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e73ae50666ce23c49b982596f6d1a12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90ad7d70c55447365b36cdd264d5b34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee6a08299caf2b547fb52acfad87b47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e73ae50666ce23c49b982596f6d1a12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f9332c54e88bf0b2fe7527111df76.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a620b5e1c194c082d3f64f8fa243226e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e73ae50666ce23c49b982596f6d1a12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a7932769718c8c4202899866749a24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35220b94428a91df419aa6cd788f5504.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d12e999baed6a099268827368dc5cc7c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e73ae50666ce23c49b982596f6d1a12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb00cc26c45214e5aa8d7f3bf3d59819.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>