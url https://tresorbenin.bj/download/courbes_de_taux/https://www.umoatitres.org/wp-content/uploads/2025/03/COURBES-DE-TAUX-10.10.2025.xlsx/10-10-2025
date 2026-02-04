--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5da3cf70ea6b72ca44ebb7eb1b4d19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f8e6b93980284a92fe0ebab17586dcf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b82b718df082f8351a10698b48623c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5da3cf70ea6b72ca44ebb7eb1b4d19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527d2a9d0437f8d5dac50a6d7a1efec7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8175b435981956d7b6c1afb9fe76f50e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5da3cf70ea6b72ca44ebb7eb1b4d19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ecb9fa9dac11bd9793daf339cd560a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09222a35bdc5c4e71ca8fafef9386839.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5da3cf70ea6b72ca44ebb7eb1b4d19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6dd44ec5e3d52435dc6e8b7cc3ff3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320c1ca8eb9e141b37ec5c66a8b84ba2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5da3cf70ea6b72ca44ebb7eb1b4d19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4ad12aff3ed7758aeac495c0db6b0d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1e30440b34210b00da89566c6d51ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5da3cf70ea6b72ca44ebb7eb1b4d19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c963a94a9f222020fd48f884e5f7cf3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f32ca6a4bf11397ba69c9a0967de9e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5da3cf70ea6b72ca44ebb7eb1b4d19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd9e2f07d6180e79789f26311f39ccf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967bef479a41b043e409b3f955f3f97.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5da3cf70ea6b72ca44ebb7eb1b4d19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a686d30333675fe9aae168c5317b5a46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d2ee4f438388fc3eb5d09eb7876530.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>