--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b82b718df082f8351a10698b48623c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58415359c31356fa7ef3a380e25f1b6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0b51593a2c7f97719e5afdec3cdf35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8175b435981956d7b6c1afb9fe76f50e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58415359c31356fa7ef3a380e25f1b6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39437a8c68b9c9615620f9b7e3bdc92a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09222a35bdc5c4e71ca8fafef9386839.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58415359c31356fa7ef3a380e25f1b6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93f56b597b764a57f74dbabfcf54aab8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320c1ca8eb9e141b37ec5c66a8b84ba2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58415359c31356fa7ef3a380e25f1b6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46669f7a587abbfce405b44388d16e74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1e30440b34210b00da89566c6d51ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58415359c31356fa7ef3a380e25f1b6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8be7421c37fd0a63627c84c09364ab4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f32ca6a4bf11397ba69c9a0967de9e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58415359c31356fa7ef3a380e25f1b6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51d126f1a686da99665bcbc8eb56519a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967bef479a41b043e409b3f955f3f97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58415359c31356fa7ef3a380e25f1b6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dbb76e06392554fedec79795d97e2c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e3ec5c64edfc265fd721274d511818.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d2ee4f438388fc3eb5d09eb7876530.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58415359c31356fa7ef3a380e25f1b6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4881ec9860ca716d93519ae5a52e24df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>