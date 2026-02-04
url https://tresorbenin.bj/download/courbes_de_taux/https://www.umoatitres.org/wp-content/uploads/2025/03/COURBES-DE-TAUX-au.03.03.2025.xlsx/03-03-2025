--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b0ec2565551ccc4acb3db30cce3ae7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96c11370424bd4bf899ac69894ce16cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387c985db0b355a20beb151cf6ae3270.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b0ec2565551ccc4acb3db30cce3ae7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf1f5d769c28de2db2a8ea361cc02d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4968a230740e3a67b18af0e28c70cdec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b0ec2565551ccc4acb3db30cce3ae7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3614e54a74efc93ef39b0cb9552c83fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce00b6eb12454aaed3377b94851d7f19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b0ec2565551ccc4acb3db30cce3ae7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d2b7db555dc3f9da0fab99e6f40f60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527469c043a6cffc9f8c489f405d0b9a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b0ec2565551ccc4acb3db30cce3ae7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c23ca761d1d0bc4bbcc3318dea8beb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6997d5d8c1d8e872371872ff4ed0779f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b0ec2565551ccc4acb3db30cce3ae7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6478bb881bfb976a1059471cab710e36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aaa370ef1ecb0d86232e483428f5cf0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b0ec2565551ccc4acb3db30cce3ae7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbcde8f6d4d4114430db1ac1b769972c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33d8ba4883cb6b09ae1021ece34e73f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b0ec2565551ccc4acb3db30cce3ae7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe5db51206e4e8856844a56bde0e9fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df19a5bf966c810ec7b5a2deb632715f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>