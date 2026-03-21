--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387c985db0b355a20beb151cf6ae3270.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6ef4a5aecd5e96755f9c42495b42c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a5d0829a1246d79f132ab95151240d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4968a230740e3a67b18af0e28c70cdec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6ef4a5aecd5e96755f9c42495b42c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb2faa051c2cfc28ddb0fec42f4764b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce00b6eb12454aaed3377b94851d7f19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6ef4a5aecd5e96755f9c42495b42c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fbd1aea4d868d3658b839f8504eff71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527469c043a6cffc9f8c489f405d0b9a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6ef4a5aecd5e96755f9c42495b42c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6ee1467dcdfdb1a9c5be371f3c147f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6997d5d8c1d8e872371872ff4ed0779f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6ef4a5aecd5e96755f9c42495b42c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdbf99e533ffdaa2d6ebb1e50703a6cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aaa370ef1ecb0d86232e483428f5cf0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6ef4a5aecd5e96755f9c42495b42c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06612641e5e0da6ce8fd138310594c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33d8ba4883cb6b09ae1021ece34e73f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6ef4a5aecd5e96755f9c42495b42c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b618ca90b0fc8f1c09bb7872a5aa32a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f1f544c69b9d7d72e58751c758e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df19a5bf966c810ec7b5a2deb632715f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6ef4a5aecd5e96755f9c42495b42c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b74d617e3411c5b8c4d97c6daf4ba1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>