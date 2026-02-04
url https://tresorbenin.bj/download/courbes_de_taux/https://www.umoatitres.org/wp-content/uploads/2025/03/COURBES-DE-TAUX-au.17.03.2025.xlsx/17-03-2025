--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda7278718a24d3c4ec2c12708ccba27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e8b7e36b22c3151026fdb9751c4328e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4faa38362ad911fa69bda105fea9a35b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda7278718a24d3c4ec2c12708ccba27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725a0e788713364b92e79e9fcf0572c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea378bc29bebc63c70770cb94c303f35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda7278718a24d3c4ec2c12708ccba27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818d1b62e3348da1dcec2eb4d09921f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b9a05cf7195d260331a4520e822368f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda7278718a24d3c4ec2c12708ccba27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db15a65f2935c8f9d8a14bdba75d48a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff8c8034de39b610c7e1f44be1894a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda7278718a24d3c4ec2c12708ccba27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b94a41f76229072457a423aa493ad4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2884da84150e56f15121386f2a1b8659.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda7278718a24d3c4ec2c12708ccba27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1f8a463de779f9eba610cc365e206f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b46793c80faaba4029f753b30caad0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda7278718a24d3c4ec2c12708ccba27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651ce17d4f5ed731d550a392e178539f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8691e9023bef3e369d230842fc6430c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda7278718a24d3c4ec2c12708ccba27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b26e33c03fbda1b0904ccc302ed8ee5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fedde1a18157938162584976d803f5c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>