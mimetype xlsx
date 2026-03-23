--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4faa38362ad911fa69bda105fea9a35b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b5e7309ae41863413632de8401db17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb1d72c1d6f012c2dd3c7f6ce4c88a93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea378bc29bebc63c70770cb94c303f35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b5e7309ae41863413632de8401db17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e868632236f38ee28899fd580b2d14d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b9a05cf7195d260331a4520e822368f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b5e7309ae41863413632de8401db17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10e94526390e6fdf4ff027764355478a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff8c8034de39b610c7e1f44be1894a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b5e7309ae41863413632de8401db17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/390807ecbafcc117e75a8c3a9724e5dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2884da84150e56f15121386f2a1b8659.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b5e7309ae41863413632de8401db17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35380ac701b1b5d5700c65ef7ca29347.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b46793c80faaba4029f753b30caad0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b5e7309ae41863413632de8401db17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9123e0e69343150076b50e3d6425a799.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8691e9023bef3e369d230842fc6430c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b5e7309ae41863413632de8401db17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949b4e41182a5adab6c103a32d0fff4c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d7fc371eca16c3f200ec95f942628d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fedde1a18157938162584976d803f5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b5e7309ae41863413632de8401db17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a289e5e3770ceee33fdb2499242f7f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>