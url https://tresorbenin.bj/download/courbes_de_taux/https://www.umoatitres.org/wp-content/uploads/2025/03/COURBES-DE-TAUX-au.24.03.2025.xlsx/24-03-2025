--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52b721a7d38641c3b99ff4d0ff1a833.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/456fce7729006acf5f832a0c08358369.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3dd46d67b9ed89a50d690158bb522fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52b721a7d38641c3b99ff4d0ff1a833.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3950283208dd86cb969b097a52bbdd33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2b1752facc388655a46836d80883943.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52b721a7d38641c3b99ff4d0ff1a833.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6584c25bf7d032e007fa0820e81ff49d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b1f1acf8e9fbb2635c176b33c22bf7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52b721a7d38641c3b99ff4d0ff1a833.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82351899e7e23fc7e0de275382e037fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34cd535a74153b17e35675a6115691dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52b721a7d38641c3b99ff4d0ff1a833.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fb7bcc65ee4ce0adf7489603a4b814.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8158fef93c92bb0b802c5fd647f4a228.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52b721a7d38641c3b99ff4d0ff1a833.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e219ade4d2036ad522aec6e37a7bd254.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a442914368026d32cd4ecaead2e0ceb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52b721a7d38641c3b99ff4d0ff1a833.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c46b2a6048e60f2ecc33d34fce46a96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437b22622b87c316ca98824ef598a6bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52b721a7d38641c3b99ff4d0ff1a833.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cce03f3b717143c73780b4ca714d006d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c0862fa3f2465ae97d2d0ade4403303.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>