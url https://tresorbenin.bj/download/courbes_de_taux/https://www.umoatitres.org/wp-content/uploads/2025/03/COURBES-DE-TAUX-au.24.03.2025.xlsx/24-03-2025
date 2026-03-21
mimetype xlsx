--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3dd46d67b9ed89a50d690158bb522fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63fe07f8a5080fa1a9d1b891a4b78d15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2b1752facc388655a46836d80883943.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49ac2ae0c48e1d428aa716cf354c54eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b1f1acf8e9fbb2635c176b33c22bf7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a49cdf29073cd7cd62b2604bf049011.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34cd535a74153b17e35675a6115691dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7fbbd1073014c5546996a1af869d15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8158fef93c92bb0b802c5fd647f4a228.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79ce3c45fca2f6866817bdf78a582728.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a442914368026d32cd4ecaead2e0ceb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962427ae2363001f191e7549aa1353b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437b22622b87c316ca98824ef598a6bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29967326017e40d36bd3c3379cd15e96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a872e1453992945cb43119d519c3d2d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c0862fa3f2465ae97d2d0ade4403303.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdbbedb42bc050f4accdff21542c44d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>