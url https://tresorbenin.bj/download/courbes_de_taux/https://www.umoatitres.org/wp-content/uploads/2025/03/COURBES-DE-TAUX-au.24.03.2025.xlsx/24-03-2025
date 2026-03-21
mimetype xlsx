--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63fe07f8a5080fa1a9d1b891a4b78d15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f9a6547b5c2cb1d0f38d253378805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb895b494a29ee86b8062189bfa5fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49ac2ae0c48e1d428aa716cf354c54eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f9a6547b5c2cb1d0f38d253378805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7abf896151a2e135727f3a7a0c229de8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a49cdf29073cd7cd62b2604bf049011.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f9a6547b5c2cb1d0f38d253378805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59cfad378dde4be8c2e940bb30874646.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7fbbd1073014c5546996a1af869d15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f9a6547b5c2cb1d0f38d253378805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e9a254dbd227a9a737827118a25604.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79ce3c45fca2f6866817bdf78a582728.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f9a6547b5c2cb1d0f38d253378805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6617df1a5e20758e19f128795b44592.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962427ae2363001f191e7549aa1353b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f9a6547b5c2cb1d0f38d253378805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3798a689168cc7c1560a10d23b421670.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29967326017e40d36bd3c3379cd15e96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f9a6547b5c2cb1d0f38d253378805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3ab13f10a01247902fd4524146d6f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb984205d7a5377526fe08047f05995.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdbbedb42bc050f4accdff21542c44d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f9a6547b5c2cb1d0f38d253378805.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3302de1289a68d2bec876b4fed1bdbbe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>