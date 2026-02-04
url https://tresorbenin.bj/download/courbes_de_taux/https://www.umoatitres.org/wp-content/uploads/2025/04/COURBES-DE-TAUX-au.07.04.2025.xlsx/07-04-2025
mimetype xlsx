--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624b76af563fcfa28c22b877b35b8ab2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97431df2ee28a7bb65f49e9db05c5dbb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c834a617693bbdd9c00bb66338b9f635.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624b76af563fcfa28c22b877b35b8ab2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db32e778138381893477083c72a78194.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eabd85b5509c46e01527e668968232d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624b76af563fcfa28c22b877b35b8ab2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07900127334ad59ea931790ec8db84be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fac2d4022ac79b3261c9ac5c1a28c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624b76af563fcfa28c22b877b35b8ab2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07ec9f400935c6bcab7b77f16cdb7817.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2be921b6bbb984a43454d25c2bed5bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624b76af563fcfa28c22b877b35b8ab2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9b859e7617ade27fb22040fa85200a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc829a2e9b807ca4f4b3b0148ed8d486.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624b76af563fcfa28c22b877b35b8ab2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32960cfe47f78bbc0eeaa1053a221e3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a294806581a000fb8fca1c3fc8c260ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624b76af563fcfa28c22b877b35b8ab2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aba170758cc8b97088d6df216c066d51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637f5469ed404c28cf5a3442f6f21cd0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624b76af563fcfa28c22b877b35b8ab2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2007064ad5cee74e654226b6c3bedd84.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62eaf78bd8a6ab8d7830f086a64f54b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>