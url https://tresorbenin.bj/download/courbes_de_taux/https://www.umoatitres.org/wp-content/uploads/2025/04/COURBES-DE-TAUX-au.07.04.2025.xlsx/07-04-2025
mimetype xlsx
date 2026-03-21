--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c834a617693bbdd9c00bb66338b9f635.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477883b46cc0d010ad0d9e7d607a11e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a0e9daf9528e0a621c3515d73e67d69.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eabd85b5509c46e01527e668968232d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477883b46cc0d010ad0d9e7d607a11e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f809df8790b93092d41509e0733ced2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fac2d4022ac79b3261c9ac5c1a28c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477883b46cc0d010ad0d9e7d607a11e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d89acec0cc3cf0b0d055e51dcf2d6c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2be921b6bbb984a43454d25c2bed5bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477883b46cc0d010ad0d9e7d607a11e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5e4824116312afcf592f257880254e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc829a2e9b807ca4f4b3b0148ed8d486.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477883b46cc0d010ad0d9e7d607a11e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9efb1fd1db7b12aaab2b1a01a1b7a2ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a294806581a000fb8fca1c3fc8c260ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477883b46cc0d010ad0d9e7d607a11e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b6612fe90666758afc922af77a12fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637f5469ed404c28cf5a3442f6f21cd0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477883b46cc0d010ad0d9e7d607a11e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca03fcaa30e0c72ed8f85fd9076f3ab1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6be9a291af97bdfb54f50ba75dc103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62eaf78bd8a6ab8d7830f086a64f54b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477883b46cc0d010ad0d9e7d607a11e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae329a2eb56bf01b08d4a30a4275208.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>