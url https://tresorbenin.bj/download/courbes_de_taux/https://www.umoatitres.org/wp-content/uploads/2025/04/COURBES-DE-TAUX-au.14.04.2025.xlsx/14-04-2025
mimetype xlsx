--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebf4c796277d91817a12e845c29e0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebf4c796277d91817a12e845c29e0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3838f83cd81696894813acafa2d00b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44cd38b0fd9a8b9f362835531bf88ab8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebf4c796277d91817a12e845c29e0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c421d2eb8c5585bce9333ffb71f7eb37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dea98018276c359227dfcdd93b1977f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebf4c796277d91817a12e845c29e0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb033702456eadf97aea5f266357b5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f349f643dd8e9cfa9c89bae304af06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebf4c796277d91817a12e845c29e0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaef4bcbb8bddf1d91192b6548e9f495.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736984fcfdff00e34b2d708f0c7f3428.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebf4c796277d91817a12e845c29e0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fe0d895b8d89a29248d5ffe5b78852.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da3fefa6ee3d8666fabda3908804b954.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebf4c796277d91817a12e845c29e0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ffc5e5554eb24c2b1dd88a573653791.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c52a7dc3c529f55a490d1db6bae2b1a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebf4c796277d91817a12e845c29e0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf89e5fb87190f675f52a59f330cc8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0dcd92b92072993facd1053e03c747.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>