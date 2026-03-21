--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1bcfb400da3fc10807af7c3131dc8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44cd38b0fd9a8b9f362835531bf88ab8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1bcfb400da3fc10807af7c3131dc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c939327209d4cef6ef2960cef01be575.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dea98018276c359227dfcdd93b1977f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1bcfb400da3fc10807af7c3131dc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fe5339d8dce001ac9f09b63547cf07.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f349f643dd8e9cfa9c89bae304af06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1bcfb400da3fc10807af7c3131dc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c8dc5070f2a87facde6f7c7ea55d1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736984fcfdff00e34b2d708f0c7f3428.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1bcfb400da3fc10807af7c3131dc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d8fe524b8f9d8aa54b1b95174d174c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da3fefa6ee3d8666fabda3908804b954.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1bcfb400da3fc10807af7c3131dc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cf9efa07e6e3633e4e73d4e7672722.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c52a7dc3c529f55a490d1db6bae2b1a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1bcfb400da3fc10807af7c3131dc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc09c83bcb074954a6f0207e1d2b82e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb005570d6d1228f3715463607c07fa3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0dcd92b92072993facd1053e03c747.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c1bcfb400da3fc10807af7c3131dc8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4a9f52fc990f0d3be32bcdb690c1341.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>