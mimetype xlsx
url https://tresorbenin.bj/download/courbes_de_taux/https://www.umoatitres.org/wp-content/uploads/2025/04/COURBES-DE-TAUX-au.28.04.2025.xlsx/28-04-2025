--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aadd85b4cd7492d5b9a029eba3275c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69d1308377dd73da58fec4bff8742ba8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002637f4b2dffa64650ae598300eec3c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aadd85b4cd7492d5b9a029eba3275c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db7ddf1ea3552d7c4c8e48f0a03b3d0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e02232e61ef74c63300353977c2200.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aadd85b4cd7492d5b9a029eba3275c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225d94ecb956ab39b31cf944c7992c20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fbb46a93d0f6e7a9c14b6e919556b01.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aadd85b4cd7492d5b9a029eba3275c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9daf63c30d20d203553e17f4312cf70d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cee3e50013bf71ff83917344cd2aebed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aadd85b4cd7492d5b9a029eba3275c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62a5fac708e7f7a8e67daf6ae6e6004e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff4b601aef9d375666c8503cb2c80cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aadd85b4cd7492d5b9a029eba3275c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef37287db49a95db529d014b694caf4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf1783674e81ccd817ae912ffd4b2b15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aadd85b4cd7492d5b9a029eba3275c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad36c68eb20ae180e4dcdd60f64afbc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bee098831a7128fedf7262230e05959.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aadd85b4cd7492d5b9a029eba3275c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fc73753e62316cffccac3575328eacb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a0652ac5cc5720dc75c4a15fab67bd1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>