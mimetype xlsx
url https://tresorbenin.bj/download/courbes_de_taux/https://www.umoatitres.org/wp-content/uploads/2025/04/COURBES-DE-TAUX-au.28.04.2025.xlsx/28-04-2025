--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002637f4b2dffa64650ae598300eec3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d34cd63804483652ebd0b7c75e6eb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e02232e61ef74c63300353977c2200.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e47e6a4015ea97dd9198871491bb15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fbb46a93d0f6e7a9c14b6e919556b01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b2b9a4be6448956bd597977e9a0ffd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cee3e50013bf71ff83917344cd2aebed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d27785652d23cd13a89a9d3af53685.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff4b601aef9d375666c8503cb2c80cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff3ae04472304619ee5f2ed11a001c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf1783674e81ccd817ae912ffd4b2b15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351d9be997712b215c039e348762d6f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bee098831a7128fedf7262230e05959.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cd900e6aec22bee43551eb49ff036a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2dccf699f6dee06daeb570ceef772a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a0652ac5cc5720dc75c4a15fab67bd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b3a51b3303010df509415f988e5dfe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>