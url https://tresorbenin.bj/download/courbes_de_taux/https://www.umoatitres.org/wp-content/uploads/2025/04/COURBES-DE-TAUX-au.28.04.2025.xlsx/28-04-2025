--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d34cd63804483652ebd0b7c75e6eb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760246604114e6ec4dfeff74cfd6a984.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3f3569eef6dccac8d46fa74394b579a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e47e6a4015ea97dd9198871491bb15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760246604114e6ec4dfeff74cfd6a984.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162fd409183cfaa6438547a2b833965d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b2b9a4be6448956bd597977e9a0ffd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760246604114e6ec4dfeff74cfd6a984.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62deb0e41bca41f91ece279a9a202fa4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75d27785652d23cd13a89a9d3af53685.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760246604114e6ec4dfeff74cfd6a984.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca794b62e87fa14d316792e56ce15e49.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff3ae04472304619ee5f2ed11a001c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760246604114e6ec4dfeff74cfd6a984.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04ff5246c557d7c1e3643d9fede8bc2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351d9be997712b215c039e348762d6f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760246604114e6ec4dfeff74cfd6a984.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31805543519c7fa662dfdff2f8e57cd3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cd900e6aec22bee43551eb49ff036a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760246604114e6ec4dfeff74cfd6a984.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44380b823cea6745ab57b864f2d32324.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7251eff6ce7a6ea3e702438ca9df7bcf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b3a51b3303010df509415f988e5dfe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760246604114e6ec4dfeff74cfd6a984.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac02853d2c5cd888e225fad320c41f99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>