--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bbe17f0772b32b0e43734972009491.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7270ca35ee184110152a5016532deb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e89cbb575cc9a231c0aafd94b3b9102.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bbe17f0772b32b0e43734972009491.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45b562915bbc7240e735b9b25d0654d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343323c6ff50b614ac2d03a01b8bc31b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bbe17f0772b32b0e43734972009491.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79306395cd3804e36a4a61b2f6a37f4f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8945c74fe1bfca5c482d269277773750.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bbe17f0772b32b0e43734972009491.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffb4cf19ae1551ffcf4c6333cdf96b18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9886246a838fbf8eedfc6cb5aef71560.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bbe17f0772b32b0e43734972009491.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f53d7129dfdb2a905f79215d4d9072.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3790ba98c400ec0dab291d4d21a184f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bbe17f0772b32b0e43734972009491.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ea145f4055f647fe4cc43b127045811.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fed3ae660a5b01c1a4e01e1815fcdea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bbe17f0772b32b0e43734972009491.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bde2556dba6393170abe9367bda4da7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac0387f515add1037eb30b296fdadcb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bbe17f0772b32b0e43734972009491.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484984794f9b2ea455ef9ee191b3461a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb59cfc495dc944be3de65eb6393d45.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>