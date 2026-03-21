--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e89cbb575cc9a231c0aafd94b3b9102.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d701617c69a68cfb07a33533bdf79594.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343323c6ff50b614ac2d03a01b8bc31b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c2e23756735576b942dc3c1150f4e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8945c74fe1bfca5c482d269277773750.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe4f8de4c5469defa2c8c9cee1f9563.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9886246a838fbf8eedfc6cb5aef71560.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8181080bcaa3651572853ff47b3def0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3790ba98c400ec0dab291d4d21a184f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd6013db442a6b9ada175412cb6d05ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fed3ae660a5b01c1a4e01e1815fcdea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59aa10d468de608eefa4d7b8c22096f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac0387f515add1037eb30b296fdadcb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b18d4c0ce5f3174f8b4469df3baf4e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea31fbe7449c0a723df4b67f6c43758.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb59cfc495dc944be3de65eb6393d45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e0eec728023451d54b78f9ac9981e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>