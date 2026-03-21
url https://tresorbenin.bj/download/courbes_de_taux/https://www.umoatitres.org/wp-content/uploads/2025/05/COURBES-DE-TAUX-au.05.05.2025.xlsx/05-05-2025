--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d701617c69a68cfb07a33533bdf79594.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ed35666de093673d4d038757802a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e76b1239d482c01b872f5365b43773.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c2e23756735576b942dc3c1150f4e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ed35666de093673d4d038757802a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ef1936527d7ec8af95f58a76e7f80b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe4f8de4c5469defa2c8c9cee1f9563.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ed35666de093673d4d038757802a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03069ec541715e4f2f9535495ee54a73.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8181080bcaa3651572853ff47b3def0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ed35666de093673d4d038757802a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b04bf652dc5899af2686883866aca919.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd6013db442a6b9ada175412cb6d05ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ed35666de093673d4d038757802a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812fe14a9ce8465c7d699a1a0f616fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59aa10d468de608eefa4d7b8c22096f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ed35666de093673d4d038757802a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c77e9d102fc28c3b00073b86575a247f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b18d4c0ce5f3174f8b4469df3baf4e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ed35666de093673d4d038757802a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4addb4fe15dc496a557a1a87360005.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7339dfc0f6ac2af568f6c7d511ea22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e0eec728023451d54b78f9ac9981e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ed35666de093673d4d038757802a7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd07c06fa6711e59a278d75ca189e4b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>