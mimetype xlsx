--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117680a4b205c0e90d9dc12cb22c1608.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117680a4b205c0e90d9dc12cb22c1608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3aaf5609fca1c7028816a27b7e39fc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0fc3f9c89913a28e8955d65798e24dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117680a4b205c0e90d9dc12cb22c1608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1498a7bc4466fac5ea673fedf9e299bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842147a211bf882669f1a88079e8476a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117680a4b205c0e90d9dc12cb22c1608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e70b5d6c89047e7a4b9bb29ec10cd177.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453221ac55f247e1535c8ebce068fe7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117680a4b205c0e90d9dc12cb22c1608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f2180466f156e604891f3db13ded9c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba300d1d371bfa7b18a1cab64620b87.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117680a4b205c0e90d9dc12cb22c1608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353bd9ef3fedf5636e33ade36192ec53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/827412e5dc583e9a8ee2b769a92fc8ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117680a4b205c0e90d9dc12cb22c1608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e004efcbdf6a53dfd20943f2f1bc9384.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e3659e9162922adc13e0faee63c97cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117680a4b205c0e90d9dc12cb22c1608.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7916349d06a76e7caa250da1fe65e00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6f0a367212ccb1ebdc647cbf05afe9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2628900" cy="971550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image1.png" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>