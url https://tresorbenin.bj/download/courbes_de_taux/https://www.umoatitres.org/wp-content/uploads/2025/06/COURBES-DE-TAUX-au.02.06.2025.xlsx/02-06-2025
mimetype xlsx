--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72978b5d9d44e32a18b61c20b85dace1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0fc3f9c89913a28e8955d65798e24dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72978b5d9d44e32a18b61c20b85dace1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f45318b96e8da1f546f8135f840362.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842147a211bf882669f1a88079e8476a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72978b5d9d44e32a18b61c20b85dace1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca74e342ce750baabc5be497a803ffb4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453221ac55f247e1535c8ebce068fe7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72978b5d9d44e32a18b61c20b85dace1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af1101eadcffca199ed02e977f4e3c95.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba300d1d371bfa7b18a1cab64620b87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72978b5d9d44e32a18b61c20b85dace1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9827ae208a9842db2f085bc0d584000.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/827412e5dc583e9a8ee2b769a92fc8ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72978b5d9d44e32a18b61c20b85dace1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5ab9ee5caaa1266e63f19c6702c8ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e3659e9162922adc13e0faee63c97cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72978b5d9d44e32a18b61c20b85dace1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ca63e9b941e5e5eea37395c9c9f6c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acd0278485ba799c732f2957bf2caf4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6f0a367212ccb1ebdc647cbf05afe9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72978b5d9d44e32a18b61c20b85dace1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7f626433335180c678d484c2b4c97d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2628900" cy="971550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image1.png" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>