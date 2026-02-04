--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279dc4fa78eb8b0e6fc3f0647230bfbd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc66da616bc971773347c71cadf4de2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4191d3aef4a1274ac6bceab8b807b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279dc4fa78eb8b0e6fc3f0647230bfbd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cdfc0cb1a9aef8044fa86d280c2819.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3e309cc5613c7798f34aafffd3779.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279dc4fa78eb8b0e6fc3f0647230bfbd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e85e198dc5b56320ec549c4c3d42bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85af16894901696fed71f2f2bb13622c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279dc4fa78eb8b0e6fc3f0647230bfbd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066abb72058e256e09a1279f0b4986bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c7d17469d16535d830d5dab88f0131.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279dc4fa78eb8b0e6fc3f0647230bfbd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7fc413b087585b357ee24e452ecfd74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a5a9854a6a53117854d025e326414c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279dc4fa78eb8b0e6fc3f0647230bfbd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06fac10a61e885245b52c751fa4b7446.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e640dce2dbd1f23fa403dddec8c31e5d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279dc4fa78eb8b0e6fc3f0647230bfbd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e13787cbae13cc8b8f9f85c42f7b8de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2caa01973e3e7c808f889e344044b18f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279dc4fa78eb8b0e6fc3f0647230bfbd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f40e35e14bd88ad827a8735b7d2c7ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf1a56a0d6d9994be76b25661df4252.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>