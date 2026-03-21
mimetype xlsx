--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4191d3aef4a1274ac6bceab8b807b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ca45c404a3e04f38bcccb7f93c801.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6498a07a4c8c43102ab2124c0d2468.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3e309cc5613c7798f34aafffd3779.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ca45c404a3e04f38bcccb7f93c801.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ad6d496f4b22a2b887c753d117f478.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85af16894901696fed71f2f2bb13622c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ca45c404a3e04f38bcccb7f93c801.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff4858d246d386292773c4a78672682.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c7d17469d16535d830d5dab88f0131.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ca45c404a3e04f38bcccb7f93c801.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/190692a19f48d295ab27aa7af2c9c1de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a5a9854a6a53117854d025e326414c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ca45c404a3e04f38bcccb7f93c801.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb2bb04c05f7f1130aa0e00ab3773fae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e640dce2dbd1f23fa403dddec8c31e5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ca45c404a3e04f38bcccb7f93c801.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de5b1f3ea3e5a4aba699fa6d4ef137e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2caa01973e3e7c808f889e344044b18f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ca45c404a3e04f38bcccb7f93c801.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f5d95bee27eff641ba8e3ee6a4a853.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e203ab3efbfc2191f8e4ba4fbf65f2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf1a56a0d6d9994be76b25661df4252.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ca45c404a3e04f38bcccb7f93c801.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/497b8c6809025c7d69f63d499223e4c9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>