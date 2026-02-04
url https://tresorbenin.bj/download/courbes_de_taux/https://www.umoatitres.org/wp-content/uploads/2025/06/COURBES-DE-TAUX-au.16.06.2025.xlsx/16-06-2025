--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838a1044cf18259fdfac8193f7f41b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e85deb8add53a21bfd9202a473fd4939.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01445bde79b5a03c71cb4b2590dad66d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838a1044cf18259fdfac8193f7f41b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce1994996c1d4f147d19ea4e32c5791.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cfe3ac922e4ee159826bae147fc01e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838a1044cf18259fdfac8193f7f41b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cb465bcd48ae80e4dac34ff2cc7545f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124f2db8c24cff1af72216d0e30c9596.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838a1044cf18259fdfac8193f7f41b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8896b911c6155a61a8ce1ef9f28b3728.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09cd2835f57e5ce224b60190157fbcd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838a1044cf18259fdfac8193f7f41b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617b915afc5577b5e81b734f94179f1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8645244fad3bd63ac261d6ad503dc562.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838a1044cf18259fdfac8193f7f41b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e1abb3d4a68b0825d761f93c279ad29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40c101067f13d955a9e2ebbc01b763c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838a1044cf18259fdfac8193f7f41b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0211f6772f9db4e8b03d385d4698af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52477b24da814d120d67b5e190bb6cb2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838a1044cf18259fdfac8193f7f41b50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad9407f7be6e5b4ea7bb3e2916608e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280fb34da9def557022836c4d8bf9c8b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>