--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01445bde79b5a03c71cb4b2590dad66d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50e67827dcb6256e85d1873be540bd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b261c9c5718c0ae431b91870d690066d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cfe3ac922e4ee159826bae147fc01e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50e67827dcb6256e85d1873be540bd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4684e7007d2340c401cbd039e5f348.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124f2db8c24cff1af72216d0e30c9596.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50e67827dcb6256e85d1873be540bd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974ec7f1b5aceab0b918ac1e78eaec29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09cd2835f57e5ce224b60190157fbcd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50e67827dcb6256e85d1873be540bd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f4a7cda42d0567c0ccdc6aab662dba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8645244fad3bd63ac261d6ad503dc562.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50e67827dcb6256e85d1873be540bd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2e904d2f7d03ea476701fee409a7b9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40c101067f13d955a9e2ebbc01b763c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50e67827dcb6256e85d1873be540bd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e9b3ff6705627f50f1c429dedc4e512.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52477b24da814d120d67b5e190bb6cb2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50e67827dcb6256e85d1873be540bd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c5a7f60695f2f280bb6219945f2d71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9cf957451501f54f6579992673cb1d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280fb34da9def557022836c4d8bf9c8b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50e67827dcb6256e85d1873be540bd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe630f8ddd0b01148cb595230d9dff6f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>