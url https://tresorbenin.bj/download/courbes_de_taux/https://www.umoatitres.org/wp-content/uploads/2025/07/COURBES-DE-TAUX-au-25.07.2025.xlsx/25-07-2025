--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0649520be6cfec319c630ca8a5715ab5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73cd1fd7809dd1012f154039747a5c8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ef593cd677b073b1a69e78cae7c643.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0649520be6cfec319c630ca8a5715ab5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/997ac7b9234f3ff5b898298d1003c042.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2eb4f9174ab4f25e04f00a88ab96b8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0649520be6cfec319c630ca8a5715ab5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7506dedbc3bd8a10d8da3e997377b73e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12142920153ec405fc168304b3b52063.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0649520be6cfec319c630ca8a5715ab5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fafa28e5630ae100d65cb68709f55529.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699d8a06a0fe3383af2e4f6c077ab920.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0649520be6cfec319c630ca8a5715ab5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a68752a6c9caf659193d6edaa6f1fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ae13402a18c917e0322ad864edc9b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0649520be6cfec319c630ca8a5715ab5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d68e1832bf1080f87fdc8c615f26e5a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/957c153e21efa19896352449e5ff2d8f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0649520be6cfec319c630ca8a5715ab5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430be91b73df92e2540121e9bd0c9a15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfcf806f4f9b8125c75d420ece4ba6a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0649520be6cfec319c630ca8a5715ab5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2efaaf539033e23cba1b1c1320a404a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450ac03f03e87a5822941687ade7c195.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>