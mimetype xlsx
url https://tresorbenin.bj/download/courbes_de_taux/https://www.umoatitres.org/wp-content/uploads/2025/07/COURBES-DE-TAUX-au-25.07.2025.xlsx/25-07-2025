--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ef593cd677b073b1a69e78cae7c643.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db21029b17612efe13dce1a0a4fe377.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e38a0cfd0d7a8a155528e6106556de08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2eb4f9174ab4f25e04f00a88ab96b8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db21029b17612efe13dce1a0a4fe377.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecdb127beaefc7736b3f54d2db702b13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12142920153ec405fc168304b3b52063.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db21029b17612efe13dce1a0a4fe377.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b9a3575a515f022e01052b305ff505.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699d8a06a0fe3383af2e4f6c077ab920.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db21029b17612efe13dce1a0a4fe377.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8219dfcaab996cbc9beb59d2a3240b1d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ae13402a18c917e0322ad864edc9b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db21029b17612efe13dce1a0a4fe377.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b692501347e85c03c94d6dae052345.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/957c153e21efa19896352449e5ff2d8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db21029b17612efe13dce1a0a4fe377.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6c6f581cc11ccca58373138b8391928.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfcf806f4f9b8125c75d420ece4ba6a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db21029b17612efe13dce1a0a4fe377.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20b6cfe9f1cd3338b9942a0eff802731.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e486f54461fa089520af4ec99e3011dd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450ac03f03e87a5822941687ade7c195.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db21029b17612efe13dce1a0a4fe377.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4f35d7dcef3ed5d2ec6f70e810124a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>