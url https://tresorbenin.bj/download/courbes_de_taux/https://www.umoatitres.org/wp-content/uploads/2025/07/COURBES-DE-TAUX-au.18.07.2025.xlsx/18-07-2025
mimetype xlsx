--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea448d03fe1cb1489277c7f337c9fd69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a91a969c9bca42aa15eb4a02f09416.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d67618ffdf7c5c6e99f421b7f99a9fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea448d03fe1cb1489277c7f337c9fd69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a14c7d610ce28607ba90ab0c4429f98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f136aff79bcabacaa98ae1bcd28ec43.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea448d03fe1cb1489277c7f337c9fd69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/134732a69d63e9fabc5a14424cda8ad5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32703b236cac5a373f0bb4e685c74b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea448d03fe1cb1489277c7f337c9fd69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7526d178bce8065c158eb0079b4088a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53601d6e314662ee0ec190c25f9fa039.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea448d03fe1cb1489277c7f337c9fd69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d899019bc049f1b8d434f8060b5f6408.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9495723d417a52748b4831418ad4605e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea448d03fe1cb1489277c7f337c9fd69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94714731940323adc0230f33b8407d5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f0838ea8fc70fdb9a3dda76585dda7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea448d03fe1cb1489277c7f337c9fd69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1bbd348bca51025be84c2e5c597a68e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a53ccb767ef06a696963e92f58f37c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea448d03fe1cb1489277c7f337c9fd69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8238b14477d1e8dffb03787480e0ad86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ef11d3b51a4f1505163b01e89adc7c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>