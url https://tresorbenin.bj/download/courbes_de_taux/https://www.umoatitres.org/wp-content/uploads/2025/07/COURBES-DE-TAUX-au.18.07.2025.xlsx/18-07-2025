--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d67618ffdf7c5c6e99f421b7f99a9fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb3da1437cf33699dc3cad5e676459.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b0ad62c23ee7060ee16072fabf67d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f136aff79bcabacaa98ae1bcd28ec43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb3da1437cf33699dc3cad5e676459.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0115f0052098d7d21465c671332c2c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32703b236cac5a373f0bb4e685c74b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb3da1437cf33699dc3cad5e676459.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b8bc71f4688bd6bbcbd73fa5a565e9d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53601d6e314662ee0ec190c25f9fa039.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb3da1437cf33699dc3cad5e676459.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7fcbc114aa250f0b105aaa37cea41ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9495723d417a52748b4831418ad4605e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb3da1437cf33699dc3cad5e676459.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b7d1a9831b20ccf9ffdfe56fc60a704.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f0838ea8fc70fdb9a3dda76585dda7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb3da1437cf33699dc3cad5e676459.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10d0a84d0a18251a33f30e5e996997b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a53ccb767ef06a696963e92f58f37c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb3da1437cf33699dc3cad5e676459.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d19fa6595b38a09dae71f14f913c4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659b68c8abd67a861f7ed28532065237.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ef11d3b51a4f1505163b01e89adc7c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cb3da1437cf33699dc3cad5e676459.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35645dafc9e89c6ec5b4dceda3d6246a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>