--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf18926ffaafd1bdebc630a6c43edbe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c31511d8bc6b9b199ac5ef5dcde950.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d9eb777e144be2b1192dde830b02e24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf18926ffaafd1bdebc630a6c43edbe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b099e0846ee28c15a23794f28ed77a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376fee90c066ee1aef8ffbff4a7df52b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf18926ffaafd1bdebc630a6c43edbe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d69cbff3e2da7bca07796f90dd70efc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29e5d3237445cc96edadc2350d24a34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf18926ffaafd1bdebc630a6c43edbe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6adf435b786d04aa66c3f2849cac9fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37d3d38f0d2e9207aff7e4ddbf3aa764.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf18926ffaafd1bdebc630a6c43edbe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfeb940b498541e2d611527f06bcfdc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c388e1945ac7457b9fb79a753d78da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf18926ffaafd1bdebc630a6c43edbe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96b72ba190b9250ff7ba9d9a4f4b50ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250d19d6096d64cfd5ae62a660c2471b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf18926ffaafd1bdebc630a6c43edbe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a5cbc1c98fdfe4da13bef6fd6cb955.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d0f3801c6774633af002e42d6bb48b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf18926ffaafd1bdebc630a6c43edbe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811b436996bdccf761cad545760b5b8b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e8017c061b734647d3e0f86b3576d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>