--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d9eb777e144be2b1192dde830b02e24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266d3429771e8bdd9269a529a8d77f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee89b24c0036ba392d9c1e100fe1f5a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376fee90c066ee1aef8ffbff4a7df52b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266d3429771e8bdd9269a529a8d77f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca0e5e3f2821dfc297d1a2496e00b912.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29e5d3237445cc96edadc2350d24a34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266d3429771e8bdd9269a529a8d77f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b583bc8da10323832cc7ff6961620206.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37d3d38f0d2e9207aff7e4ddbf3aa764.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266d3429771e8bdd9269a529a8d77f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b901f9727b44855e6bb564a3f5656f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c388e1945ac7457b9fb79a753d78da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266d3429771e8bdd9269a529a8d77f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7971eac8d57bee78b19a730880158d91.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250d19d6096d64cfd5ae62a660c2471b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266d3429771e8bdd9269a529a8d77f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cc73fbc180dbc3c60f47ad45aca4cd0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d0f3801c6774633af002e42d6bb48b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266d3429771e8bdd9269a529a8d77f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/623498e294017bd943b9dd9066209bad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f271e7342fbde2967a01e212bb1b73b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e8017c061b734647d3e0f86b3576d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266d3429771e8bdd9269a529a8d77f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10aa977d08c88933cec6e7d932750439.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>