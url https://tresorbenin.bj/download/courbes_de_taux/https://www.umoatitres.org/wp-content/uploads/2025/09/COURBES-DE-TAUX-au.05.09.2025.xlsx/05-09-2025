--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c35613d2748da709423536ecbd479af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bfd23b74ea13b0c8cb3b38d4aab9be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9607416102d65ad550e1fcb751a02f24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c35613d2748da709423536ecbd479af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2afe167d3f4e8abad7db483af3d34a11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2467cf0b0acd0c2ef5e5bf057e2b5f46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c35613d2748da709423536ecbd479af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e26dc4d0c94ec931b1b8e55b630c067.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b78adc6791df26335003a143bf0c55.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c35613d2748da709423536ecbd479af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6ac7bceefc4131873c8edd2e1f14fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d69fe048e91972ae278a1934f9761955.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c35613d2748da709423536ecbd479af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b02c7df77b0f2bb05c81006e46a43eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6e207ff8fba7c9ae6582c890c941d37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c35613d2748da709423536ecbd479af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6574181060c3d80a07c277a62a81e015.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13f736fc9138df6e293d60f447a9aba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c35613d2748da709423536ecbd479af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d4383c44401c108b2944c149e0d6c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd53fd1bc3ebe2e06ebeef318984deeb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c35613d2748da709423536ecbd479af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b559b4638face4ed28d97e69ab2f6662.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea336c7aa903c1bb6fa03a34889caa5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>