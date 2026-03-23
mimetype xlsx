--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9607416102d65ad550e1fcb751a02f24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa2e6642f95002c17e44c03293e7d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb9b6075ecbdfd599483b01736e710f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2467cf0b0acd0c2ef5e5bf057e2b5f46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa2e6642f95002c17e44c03293e7d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abaa8c201440604be7dabe3cf1bfa62.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b78adc6791df26335003a143bf0c55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa2e6642f95002c17e44c03293e7d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db16dbfa7e2401d7c15ab4b2af38d9c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d69fe048e91972ae278a1934f9761955.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa2e6642f95002c17e44c03293e7d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27f05d5a807cc8870a0f281640edfa20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6e207ff8fba7c9ae6582c890c941d37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa2e6642f95002c17e44c03293e7d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dac65a49095f415131f09917f8a0f49.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13f736fc9138df6e293d60f447a9aba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa2e6642f95002c17e44c03293e7d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2356d2f84bd1621f981548aa30e810c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd53fd1bc3ebe2e06ebeef318984deeb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa2e6642f95002c17e44c03293e7d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c328a1a336472c553728956828a246.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecc77ed8c2ee00637838e419d3bd24a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea336c7aa903c1bb6fa03a34889caa5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fa2e6642f95002c17e44c03293e7d2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403a52c76c13231ade62577fcaff39e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>