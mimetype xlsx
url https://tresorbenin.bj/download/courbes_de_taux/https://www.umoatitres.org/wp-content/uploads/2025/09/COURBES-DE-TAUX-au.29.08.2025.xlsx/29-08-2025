--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ebe9f74c072134d5a00499fc3486f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ebe9f74c072134d5a00499fc3486f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a437fd7e3e7f5fd93fd82e1642dd0b69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80459a32312eca1ea0837a269e312d7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ebe9f74c072134d5a00499fc3486f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00bfa44cba0095c9db50b32ab36f116c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6e23071b871003ad380fa2559b6915.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ebe9f74c072134d5a00499fc3486f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c521189d57641f5f62695c3449c44a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913d0a41653ecbec1eecd186154a1f92.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ebe9f74c072134d5a00499fc3486f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7250ee12785671ed79cfa11324e44831.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d54957ddf59864e30c71defc5ac6d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ebe9f74c072134d5a00499fc3486f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d08b4bb8ed8abf552a97180b7621cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b97b480f72632297b78e46ec066a5545.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ebe9f74c072134d5a00499fc3486f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0930f0e8cac966d171e1afd9f1ff39b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42489e02cbd6040ad6a0bee6313be285.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ebe9f74c072134d5a00499fc3486f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dbdc06d3d73e9ccb8bcdbf12a5cdf5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aeba6c8c28694b38190a322bc828015.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>