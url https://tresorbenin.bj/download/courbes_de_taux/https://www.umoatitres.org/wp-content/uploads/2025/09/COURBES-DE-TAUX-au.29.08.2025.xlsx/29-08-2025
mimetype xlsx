--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2700d7c55959e101e0e2a4b9b61c42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80459a32312eca1ea0837a269e312d7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2700d7c55959e101e0e2a4b9b61c42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554413782dacfb9b0afb18360915b5e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6e23071b871003ad380fa2559b6915.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2700d7c55959e101e0e2a4b9b61c42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4538a1ddaf6edd524058f20de2caefd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913d0a41653ecbec1eecd186154a1f92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2700d7c55959e101e0e2a4b9b61c42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/051c09cadc986635057141b22a6bff41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d54957ddf59864e30c71defc5ac6d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2700d7c55959e101e0e2a4b9b61c42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01918759954ed04c981e0a8692d8ae5d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b97b480f72632297b78e46ec066a5545.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2700d7c55959e101e0e2a4b9b61c42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf06a244b55021c72a078803f8b80d48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42489e02cbd6040ad6a0bee6313be285.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2700d7c55959e101e0e2a4b9b61c42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/821185385a570b205d38545c5a6ca349.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877f4a3749c2aa5ce69acbbe6b0826b5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aeba6c8c28694b38190a322bc828015.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2700d7c55959e101e0e2a4b9b61c42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b96f96027ab9c7d6f68ee036e4580f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>